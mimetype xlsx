--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -10,2120 +10,3209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="15090"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1589" uniqueCount="691">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2549" uniqueCount="1054">
   <si>
     <t>Agape Contacts</t>
   </si>
   <si>
     <t>W/E Date</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Advisory Council</t>
   </si>
   <si>
     <t>Yard</t>
   </si>
   <si>
     <t>W/E #</t>
   </si>
   <si>
     <t>Ministry</t>
   </si>
   <si>
     <t>Agape Contact</t>
   </si>
   <si>
     <t>Agape Email</t>
   </si>
   <si>
-    <t>DEC  9,2025</t>
+    <t>MAR  4,2026</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
+    <t>North Carolina</t>
+  </si>
+  <si>
+    <t>Central CI - Men</t>
+  </si>
+  <si>
+    <t>Kairos Inside</t>
+  </si>
+  <si>
+    <t>Jim Fidelman</t>
+  </si>
+  <si>
+    <t>jfid2015@gmail.com</t>
+  </si>
+  <si>
+    <t>MAR  5,2026</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Salinas Valley</t>
+  </si>
+  <si>
+    <t>Chris Coutinho</t>
+  </si>
+  <si>
+    <t>chris_couts@hotmail.com</t>
+  </si>
+  <si>
+    <t>Florida</t>
+  </si>
+  <si>
+    <t>Lake Butler RMC-Main</t>
+  </si>
+  <si>
+    <t>Frank Mackritis</t>
+  </si>
+  <si>
+    <t>Mackcrew10@gmail.com</t>
+  </si>
+  <si>
+    <t>Moore Haven CI</t>
+  </si>
+  <si>
+    <t>Spanish</t>
+  </si>
+  <si>
+    <t>John Giraldo</t>
+  </si>
+  <si>
+    <t>john1096@hotmail.com</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Valdosta SP</t>
+  </si>
+  <si>
+    <t>Annex</t>
+  </si>
+  <si>
+    <t>Kyle McQuitty</t>
+  </si>
+  <si>
+    <t>vspannex@gmail.com</t>
+  </si>
+  <si>
+    <t>South Carolina</t>
+  </si>
+  <si>
+    <t>Ridgeland</t>
+  </si>
+  <si>
+    <t>Stan Byra</t>
+  </si>
+  <si>
+    <t>stanbyra@aol.com</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>Clements</t>
+  </si>
+  <si>
+    <t>Luke Whaley</t>
+  </si>
+  <si>
+    <t>kairosclements57@gmail.com</t>
+  </si>
+  <si>
+    <t>MAR 10,2026</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Julie Selby</t>
+  </si>
+  <si>
+    <t>jselby321@gmail.com</t>
+  </si>
+  <si>
+    <t>MAR 12,2026</t>
+  </si>
+  <si>
+    <t>Coastal</t>
+  </si>
+  <si>
+    <t>Jared Hanks</t>
+  </si>
+  <si>
+    <t>hanksjared@gmail.com</t>
+  </si>
+  <si>
+    <t>Pulaski</t>
+  </si>
+  <si>
+    <t>Deborah Wing</t>
+  </si>
+  <si>
+    <t>dwingsdw77@gmail.com</t>
+  </si>
+  <si>
     <t>Louisiana</t>
   </si>
   <si>
+    <t>Rayburn</t>
+  </si>
+  <si>
+    <t>Mississippi</t>
+  </si>
+  <si>
+    <t>Marshall County</t>
+  </si>
+  <si>
+    <t>John Pope</t>
+  </si>
+  <si>
+    <t>johnpope30@gmail.com</t>
+  </si>
+  <si>
+    <t>Ohio</t>
+  </si>
+  <si>
+    <t>Allen-Oakwood - AOCI</t>
+  </si>
+  <si>
+    <t>Dale Shaheen</t>
+  </si>
+  <si>
+    <t>dmshaheen@att.net</t>
+  </si>
+  <si>
+    <t>North Central - NCCC</t>
+  </si>
+  <si>
+    <t>Sean Fairweather</t>
+  </si>
+  <si>
+    <t>blindjunior123@gmail.com</t>
+  </si>
+  <si>
+    <t>Tennessee</t>
+  </si>
+  <si>
+    <t>Bledsoe County CX</t>
+  </si>
+  <si>
+    <t>Matt Connell</t>
+  </si>
+  <si>
+    <t>prayforit@bellsouth.net</t>
+  </si>
+  <si>
+    <t>Western TN SP</t>
+  </si>
+  <si>
+    <t>Rico Matthews</t>
+  </si>
+  <si>
+    <t>simplifyliving4life@gmail.com</t>
+  </si>
+  <si>
+    <t>Ferguson</t>
+  </si>
+  <si>
+    <t>Hilltop</t>
+  </si>
+  <si>
+    <t>Mildred Todd</t>
+  </si>
+  <si>
+    <t>maybe_hahonogee@hotmail.com</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Jimmy Hicks</t>
+  </si>
+  <si>
+    <t>pinoak5108@gmail.com</t>
+  </si>
+  <si>
+    <t>Jerry Rotenberry</t>
+  </si>
+  <si>
+    <t>Willacy</t>
+  </si>
+  <si>
+    <t>TBD</t>
+  </si>
+  <si>
+    <t>MAR 13,2026</t>
+  </si>
+  <si>
+    <t>Kansas</t>
+  </si>
+  <si>
+    <t>KO Kansas</t>
+  </si>
+  <si>
+    <t>Kairos Outside</t>
+  </si>
+  <si>
+    <t>Ashley Casey</t>
+  </si>
+  <si>
+    <t>ashleylamb686@yahoo.com</t>
+  </si>
+  <si>
+    <t>Gainesville Torch</t>
+  </si>
+  <si>
+    <t>Kairos Torch</t>
+  </si>
+  <si>
+    <t>Ashley Oestreich</t>
+  </si>
+  <si>
+    <t>run4jesus2022@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Fort Worth</t>
+  </si>
+  <si>
+    <t>Denise Bailey-Wade</t>
+  </si>
+  <si>
+    <t>sharon.bailey@ridetm.org</t>
+  </si>
+  <si>
+    <t>Vance</t>
+  </si>
+  <si>
+    <t>John Benham</t>
+  </si>
+  <si>
+    <t>johnbenham@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>MAR 17,2026</t>
+  </si>
+  <si>
+    <t>Lowell CI Women</t>
+  </si>
+  <si>
+    <t>Work Center</t>
+  </si>
+  <si>
+    <t>Tina Leistner</t>
+  </si>
+  <si>
+    <t>tina.leistner@yahoo.com</t>
+  </si>
+  <si>
+    <t>McCormick</t>
+  </si>
+  <si>
+    <t>Holly Hutchins</t>
+  </si>
+  <si>
+    <t>hshutchins109@gmail.com</t>
+  </si>
+  <si>
+    <t>MAR 18,2026</t>
+  </si>
+  <si>
+    <t>Alexander CI</t>
+  </si>
+  <si>
+    <t>JOHN PEACE</t>
+  </si>
+  <si>
+    <t>PEACEJTJR@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>MAR 19,2026</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>Wildwood</t>
+  </si>
+  <si>
+    <t>Paul Ceffalio</t>
+  </si>
+  <si>
+    <t>wildwoodkairos.agape@gmail.com</t>
+  </si>
+  <si>
+    <t>Arkansas</t>
+  </si>
+  <si>
+    <t>North Central Unit</t>
+  </si>
+  <si>
+    <t>John Biegel</t>
+  </si>
+  <si>
+    <t>Biegelson@gmail.com</t>
+  </si>
+  <si>
+    <t>Charlotte CI</t>
+  </si>
+  <si>
+    <t>Bob Kennedy</t>
+  </si>
+  <si>
+    <t>kennedy.bob21@gmail.com</t>
+  </si>
+  <si>
+    <t>Walker</t>
+  </si>
+  <si>
+    <t>Peter Mealus</t>
+  </si>
+  <si>
+    <t>pmealus174@gmail.com</t>
+  </si>
+  <si>
+    <t>Whitworth Detention</t>
+  </si>
+  <si>
+    <t>Deb Sumpter</t>
+  </si>
+  <si>
+    <t>sump6179@gmail.com</t>
+  </si>
+  <si>
+    <t>Indiana</t>
+  </si>
+  <si>
+    <t>Miami CF</t>
+  </si>
+  <si>
+    <t>Phase 1</t>
+  </si>
+  <si>
+    <t>Dustin Sprow</t>
+  </si>
+  <si>
+    <t>dustin46947@gmail.com</t>
+  </si>
+  <si>
+    <t>NC CI - Women</t>
+  </si>
+  <si>
+    <t>Amy Dragotta</t>
+  </si>
+  <si>
+    <t>danceintheson@nc.rr.com</t>
+  </si>
+  <si>
+    <t>Lake Erie - LaECI</t>
+  </si>
+  <si>
+    <t>Kershaw</t>
+  </si>
+  <si>
+    <t>Martha Park</t>
+  </si>
+  <si>
+    <t>marthapark8511@gmail.com</t>
+  </si>
+  <si>
+    <t>Huntsville</t>
+  </si>
+  <si>
+    <t>Raul Jasso</t>
+  </si>
+  <si>
+    <t>rauljasso@att.net</t>
+  </si>
+  <si>
+    <t>MAR 20,2026</t>
+  </si>
+  <si>
+    <t>KO East Texas</t>
+  </si>
+  <si>
+    <t>MAR 23,2026</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>New South Wales</t>
+  </si>
+  <si>
+    <t>South Coast</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>kiSouthCoastAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>MAR 26,2026</t>
+  </si>
+  <si>
+    <t>Century CI</t>
+  </si>
+  <si>
+    <t>Jack Dyben</t>
+  </si>
+  <si>
+    <t>jackdyben@gmail.com</t>
+  </si>
+  <si>
+    <t>Columbia CI Main</t>
+  </si>
+  <si>
+    <t>John Phillips</t>
+  </si>
+  <si>
+    <t>jphillips653@aol.com</t>
+  </si>
+  <si>
+    <t>Union CI</t>
+  </si>
+  <si>
+    <t>Ulysses Rosario</t>
+  </si>
+  <si>
+    <t>rosario981@gmail.com</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Ricky Deas</t>
+  </si>
+  <si>
+    <t>bieagle4031@yahoo.com</t>
+  </si>
+  <si>
+    <t>New Castle CF</t>
+  </si>
+  <si>
+    <t>Richard Voller</t>
+  </si>
+  <si>
+    <t>rdvoller@comcast.net</t>
+  </si>
+  <si>
+    <t>Toledo - ToCI</t>
+  </si>
+  <si>
+    <t>Bledsoe County Women</t>
+  </si>
+  <si>
+    <t>Raquel Galbraith</t>
+  </si>
+  <si>
+    <t>bledsoekairoswomen@gmail.com</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Stephen Allen</t>
+  </si>
+  <si>
+    <t>stephen.allen1045@gmail.com</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Telford</t>
+  </si>
+  <si>
+    <t>Danny Londenberg</t>
+  </si>
+  <si>
+    <t>danny.londenberg@sysco.com</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Clallam Bay CC</t>
+  </si>
+  <si>
+    <t>Jan Bergink</t>
+  </si>
+  <si>
+    <t>bergink@shaw.ca</t>
+  </si>
+  <si>
+    <t>MAR 27,2026</t>
+  </si>
+  <si>
+    <t>KOW Hunter</t>
+  </si>
+  <si>
+    <t>Leanne</t>
+  </si>
+  <si>
+    <t>koHunterAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>KO Denver</t>
+  </si>
+  <si>
+    <t>Deborah Stonecipher</t>
+  </si>
+  <si>
+    <t>debstonecipher@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Southwest FL</t>
+  </si>
+  <si>
+    <t>Teress Matthews</t>
+  </si>
+  <si>
+    <t>Teerrx@gmail.com</t>
+  </si>
+  <si>
+    <t>Central MS Torch</t>
+  </si>
+  <si>
+    <t>Janet Gordon</t>
+  </si>
+  <si>
+    <t>jangord56@gmail.com</t>
+  </si>
+  <si>
+    <t>West Virginia</t>
+  </si>
+  <si>
+    <t>KO North Central WV</t>
+  </si>
+  <si>
+    <t>Rhonetta Bright</t>
+  </si>
+  <si>
+    <t>kairosncwvoutside@outlook.com</t>
+  </si>
+  <si>
+    <t>APR  4,2026</t>
+  </si>
+  <si>
+    <t>Pennsylvania</t>
+  </si>
+  <si>
+    <t>Fayette</t>
+  </si>
+  <si>
+    <t>Jerry Kuhn</t>
+  </si>
+  <si>
+    <t>Jerryk271@comcast.net</t>
+  </si>
+  <si>
+    <t>APR  8,2026</t>
+  </si>
+  <si>
+    <t>Hobby</t>
+  </si>
+  <si>
+    <t>Kaye Gilmore</t>
+  </si>
+  <si>
+    <t>miskeg@gmail.com</t>
+  </si>
+  <si>
+    <t>APR  9,2026</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>KwaZulu-Natal</t>
+  </si>
+  <si>
+    <t>Sevontein</t>
+  </si>
+  <si>
+    <t>Blessing Moloi</t>
+  </si>
+  <si>
+    <t>khulekan38821@gmail.com</t>
+  </si>
+  <si>
+    <t>Grimes</t>
+  </si>
+  <si>
+    <t>Eric Faulkner</t>
+  </si>
+  <si>
+    <t>Faulknereric65@gmail.com</t>
+  </si>
+  <si>
+    <t>Tucker Unit</t>
+  </si>
+  <si>
+    <t>Gary Sanden</t>
+  </si>
+  <si>
+    <t>Garysanden5@yahoo.com</t>
+  </si>
+  <si>
+    <t>Territorial</t>
+  </si>
+  <si>
+    <t>Gary Darress</t>
+  </si>
+  <si>
+    <t>colodarress@comcast.net</t>
+  </si>
+  <si>
+    <t>Delaware</t>
+  </si>
+  <si>
+    <t>Sussex CI</t>
+  </si>
+  <si>
+    <t>George Kelly</t>
+  </si>
+  <si>
+    <t>g.k.8.6@icloud.com</t>
+  </si>
+  <si>
+    <t>Columbia CI Annex</t>
+  </si>
+  <si>
+    <t>Jerry Knowles</t>
+  </si>
+  <si>
+    <t>knowja@aol.com</t>
+  </si>
+  <si>
+    <t>Tomoka CI</t>
+  </si>
+  <si>
+    <t>Todd Williams</t>
+  </si>
+  <si>
+    <t>tkwsells@gmail.com</t>
+  </si>
+  <si>
+    <t>Main</t>
+  </si>
+  <si>
+    <t>Heritage Trail</t>
+  </si>
+  <si>
+    <t>John Grenier</t>
+  </si>
+  <si>
+    <t>Jracing7g@gmail.com</t>
+  </si>
+  <si>
+    <t>Maryland</t>
+  </si>
+  <si>
+    <t>Roxbury CI</t>
+  </si>
+  <si>
+    <t>Delta</t>
+  </si>
+  <si>
+    <t>Kasey Jo Jennings</t>
+  </si>
+  <si>
+    <t>kaysejo4@gmail.com</t>
+  </si>
+  <si>
+    <t>MS CI Women</t>
+  </si>
+  <si>
+    <t>Nebraska</t>
+  </si>
+  <si>
+    <t>Nebraska SP</t>
+  </si>
+  <si>
+    <t>Robert Haiar</t>
+  </si>
+  <si>
+    <t>kairosbob@gmail.com</t>
+  </si>
+  <si>
+    <t>Oklahoma</t>
+  </si>
+  <si>
+    <t>Mabel Bassett MBCC</t>
+  </si>
+  <si>
+    <t>Angela Collier</t>
+  </si>
+  <si>
+    <t>kairosagapecollier@gmail.com</t>
+  </si>
+  <si>
+    <t>Morgan County CC</t>
+  </si>
+  <si>
+    <t>Ken Nadeau</t>
+  </si>
+  <si>
+    <t>kcnadeau@charter.net</t>
+  </si>
+  <si>
+    <t>Allred</t>
+  </si>
+  <si>
+    <t>John Sweeny</t>
+  </si>
+  <si>
+    <t>jsweeny71101@hotmail.com</t>
+  </si>
+  <si>
+    <t>Boyd</t>
+  </si>
+  <si>
+    <t>Cindy Pratt</t>
+  </si>
+  <si>
+    <t>cindy.renee.pratt@gmail.com</t>
+  </si>
+  <si>
+    <t>Crain</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Michael Block</t>
+  </si>
+  <si>
+    <t>mblockfarm@gmail.com</t>
+  </si>
+  <si>
+    <t>Estelle</t>
+  </si>
+  <si>
+    <t>Greg McGrath</t>
+  </si>
+  <si>
+    <t>silkbay90@gmail.com</t>
+  </si>
+  <si>
+    <t>Goree</t>
+  </si>
+  <si>
+    <t>Michelle Lowrey</t>
+  </si>
+  <si>
+    <t>mlowrey2@gmail.com</t>
+  </si>
+  <si>
+    <t>Polunsky</t>
+  </si>
+  <si>
+    <t>Francisco Bustamante</t>
+  </si>
+  <si>
+    <t>franciscobustamante@me.com</t>
+  </si>
+  <si>
+    <t>Torres</t>
+  </si>
+  <si>
+    <t>Alex Rodriguez</t>
+  </si>
+  <si>
+    <t>alexrod3248@gmail.com</t>
+  </si>
+  <si>
+    <t>Virginia</t>
+  </si>
+  <si>
+    <t>Central Virginia CU</t>
+  </si>
+  <si>
+    <t>Kairos.agape.49@gmail.com</t>
+  </si>
+  <si>
+    <t>Fluvanna CC</t>
+  </si>
+  <si>
+    <t>Susan Browning</t>
+  </si>
+  <si>
+    <t>dutchiegirl1991@gmail.com</t>
+  </si>
+  <si>
+    <t>Greensville CC S1</t>
+  </si>
+  <si>
+    <t>Pocahontas CC</t>
+  </si>
+  <si>
+    <t>St. Marys CC</t>
+  </si>
+  <si>
+    <t>Randy Wilson</t>
+  </si>
+  <si>
+    <t>cardguy59@yahoo.com</t>
+  </si>
+  <si>
+    <t>APR 10,2026</t>
+  </si>
+  <si>
+    <t>Gauteng North</t>
+  </si>
+  <si>
+    <t>Emthonjeni Torch</t>
+  </si>
+  <si>
+    <t>Mandy Melvill-Smith</t>
+  </si>
+  <si>
+    <t>mandy9011@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 13,2026</t>
+  </si>
+  <si>
+    <t>Keen Mountain CC</t>
+  </si>
+  <si>
+    <t>Doug Dowe</t>
+  </si>
+  <si>
+    <t>dqugyy@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 14,2026</t>
+  </si>
+  <si>
+    <t>Illinois</t>
+  </si>
+  <si>
+    <t>Menard</t>
+  </si>
+  <si>
+    <t>Julio Santiago</t>
+  </si>
+  <si>
+    <t>juliojuansantiago@hotmail.com</t>
+  </si>
+  <si>
+    <t>Leath</t>
+  </si>
+  <si>
+    <t>Linda Bargeron</t>
+  </si>
+  <si>
+    <t>lhbargeron@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 15,2026</t>
+  </si>
+  <si>
+    <t>Nash CI</t>
+  </si>
+  <si>
+    <t>Robert A ONeal III</t>
+  </si>
+  <si>
+    <t>swaycchurch.pastor@gmail.com</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Steve Gardner</t>
+  </si>
+  <si>
+    <t>gardneregr@gmail.com</t>
+  </si>
+  <si>
+    <t>Pack</t>
+  </si>
+  <si>
+    <t>Lisa Brown</t>
+  </si>
+  <si>
+    <t>lbrown500@airmail.net</t>
+  </si>
+  <si>
+    <t>APR 16,2026</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Akwa Ibom</t>
+  </si>
+  <si>
+    <t>Uyo</t>
+  </si>
+  <si>
+    <t>Emmanuel Johnson</t>
+  </si>
+  <si>
+    <t>kairosprisonministry.ng@gmail.com</t>
+  </si>
+  <si>
+    <t>Gauteng South</t>
+  </si>
+  <si>
+    <t>Johannesburg Men</t>
+  </si>
+  <si>
+    <t>Jakes Cloete</t>
+  </si>
+  <si>
+    <t>jakescloete49@gmail.com</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>Limestone</t>
+  </si>
+  <si>
+    <t>Steve McCurry</t>
+  </si>
+  <si>
+    <t>stevemccurry@outlook.com</t>
+  </si>
+  <si>
+    <t>St. Clair</t>
+  </si>
+  <si>
+    <t>David Kutner</t>
+  </si>
+  <si>
+    <t>dkutner13@yahoo.com</t>
+  </si>
+  <si>
+    <t>Arizona</t>
+  </si>
+  <si>
+    <t>Saguaro</t>
+  </si>
+  <si>
+    <t>Bob Parrot</t>
+  </si>
+  <si>
+    <t>saguarocc.az@gmail.com</t>
+  </si>
+  <si>
+    <t>RJ Donovan</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Duke Boyett</t>
+  </si>
+  <si>
+    <t>dukeboyett9@gmail.com</t>
+  </si>
+  <si>
+    <t>Sterling</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>Randy Borden</t>
+  </si>
+  <si>
+    <t>randylborden57@gmail.com</t>
+  </si>
+  <si>
+    <t>Desoto CI</t>
+  </si>
+  <si>
+    <t>Joe Ambrosio</t>
+  </si>
+  <si>
+    <t>kairosdci@gmail.com</t>
+  </si>
+  <si>
+    <t>Marion CI</t>
+  </si>
+  <si>
+    <t>Wes Walker</t>
+  </si>
+  <si>
+    <t>wes.walker67@gmail.com</t>
+  </si>
+  <si>
+    <t>Putnam CI</t>
+  </si>
+  <si>
+    <t>Brian Hepburn</t>
+  </si>
+  <si>
+    <t>bfhdogs@bellsouth.net</t>
+  </si>
+  <si>
+    <t>Atlanta Metro RF</t>
+  </si>
+  <si>
+    <t>Stephan Smith</t>
+  </si>
+  <si>
+    <t>stepher7@gmail.com</t>
+  </si>
+  <si>
+    <t>Augusta State Medical</t>
+  </si>
+  <si>
+    <t>Andy Gebert</t>
+  </si>
+  <si>
+    <t>agbuckeyes@gmail.com</t>
+  </si>
+  <si>
+    <t>Emanuel</t>
+  </si>
+  <si>
+    <t>Nancy Brinson</t>
+  </si>
+  <si>
+    <t>brinson1085@gmail.com</t>
+  </si>
+  <si>
+    <t>IN Women's Prison</t>
+  </si>
+  <si>
+    <t>Jan Thormpson</t>
+  </si>
+  <si>
+    <t>Witness1961@yahoo.com</t>
+  </si>
+  <si>
+    <t>Putnamville</t>
+  </si>
+  <si>
+    <t>Randy Giles</t>
+  </si>
+  <si>
+    <t>agapepcf@gmail.com</t>
+  </si>
+  <si>
+    <t>Kentucky</t>
+  </si>
+  <si>
+    <t>KY SP</t>
+  </si>
+  <si>
+    <t>Bill Hainaut</t>
+  </si>
+  <si>
+    <t>billhainaut@gmail.com</t>
+  </si>
+  <si>
+    <t>MD CI - Women</t>
+  </si>
+  <si>
+    <t>RondaLynn Haruna</t>
+  </si>
+  <si>
+    <t>rondalynnsolomon05@gmail.com</t>
+  </si>
+  <si>
+    <t>Missouri</t>
+  </si>
+  <si>
+    <t>Potosi</t>
+  </si>
+  <si>
+    <t>Dave Bailey</t>
+  </si>
+  <si>
+    <t>bailey2ds@gmail.com</t>
+  </si>
+  <si>
+    <t>Lebanon - LeCI</t>
+  </si>
+  <si>
+    <t>Dan Fellers</t>
+  </si>
+  <si>
+    <t>danfellers@ameritech.net</t>
+  </si>
+  <si>
+    <t>Southeastern</t>
+  </si>
+  <si>
+    <t>Brian Barta</t>
+  </si>
+  <si>
+    <t>briandb614@gmail.com</t>
+  </si>
+  <si>
+    <t>Broad River</t>
+  </si>
+  <si>
+    <t>Heyward Hickman</t>
+  </si>
+  <si>
+    <t>heywardhickman@gmail.com</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Andrew Nichols</t>
+  </si>
+  <si>
+    <t>andrewnichols815@gmail.com</t>
+  </si>
+  <si>
+    <t>Debra Johnson</t>
+  </si>
+  <si>
+    <t>Dawnyell Rangel</t>
+  </si>
+  <si>
+    <t>dawnyellrangel@gmail.com</t>
+  </si>
+  <si>
+    <t>Mark Luttrell</t>
+  </si>
+  <si>
+    <t>Northeast CX</t>
+  </si>
+  <si>
+    <t>Robert Fredrickson</t>
+  </si>
+  <si>
+    <t>robadob288@gmail.com</t>
+  </si>
+  <si>
+    <t>Womens Therapeutic</t>
+  </si>
+  <si>
+    <t>Bridgeport</t>
+  </si>
+  <si>
+    <t>Brett Sanders</t>
+  </si>
+  <si>
+    <t>b.sanders31786@gmail.com</t>
+  </si>
+  <si>
+    <t>Briscoe</t>
+  </si>
+  <si>
+    <t>Carl Dodd</t>
+  </si>
+  <si>
+    <t>CarlDodd_5@live.com</t>
+  </si>
+  <si>
+    <t>Clemens</t>
+  </si>
+  <si>
+    <t>Joe Paoli</t>
+  </si>
+  <si>
+    <t>jpaoli23@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>Coffield</t>
+  </si>
+  <si>
+    <t>Robert Dillard</t>
+  </si>
+  <si>
+    <t>Rlmdillard96@yahoo.com</t>
+  </si>
+  <si>
+    <t>Estes</t>
+  </si>
+  <si>
+    <t>Thomas Slape</t>
+  </si>
+  <si>
+    <t>swslape@gmail.com</t>
+  </si>
+  <si>
+    <t>Hightower</t>
+  </si>
+  <si>
+    <t>Clay Thomas</t>
+  </si>
+  <si>
+    <t>tdavidclayton@gmail.com</t>
+  </si>
+  <si>
+    <t>Lynaugh</t>
+  </si>
+  <si>
+    <t>Nash Dowdle</t>
+  </si>
+  <si>
+    <t>ndowdle@yahoo.com</t>
+  </si>
+  <si>
+    <t>ODaniel</t>
+  </si>
+  <si>
+    <t>Becky Slack</t>
+  </si>
+  <si>
+    <t>number3weldon@yahoo.com</t>
+  </si>
+  <si>
+    <t>Stiles</t>
+  </si>
+  <si>
+    <t>Billie Stanton</t>
+  </si>
+  <si>
+    <t>billie0715@gmail.com</t>
+  </si>
+  <si>
+    <t>Wynne</t>
+  </si>
+  <si>
+    <t>Vicki Pledger</t>
+  </si>
+  <si>
+    <t>maggiemootx2@yahoo.com</t>
+  </si>
+  <si>
+    <t>Buckingham CC</t>
+  </si>
+  <si>
+    <t>Robert Steele</t>
+  </si>
+  <si>
+    <t>therealsteele@yahoo.com</t>
+  </si>
+  <si>
+    <t>Green Rock CC</t>
+  </si>
+  <si>
+    <t>Bradford Carwile</t>
+  </si>
+  <si>
+    <t>bttrcup67@gmail.com</t>
+  </si>
+  <si>
+    <t>Greensville CC S3</t>
+  </si>
+  <si>
+    <t>Debbie Strictland</t>
+  </si>
+  <si>
+    <t>debmstrick@verizon.net</t>
+  </si>
+  <si>
+    <t>River North SP</t>
+  </si>
+  <si>
+    <t>Timothy Carlin</t>
+  </si>
+  <si>
+    <t>tkairoscarlin@gmail.com</t>
+  </si>
+  <si>
+    <t>Lakin CC</t>
+  </si>
+  <si>
+    <t>Karen Browning</t>
+  </si>
+  <si>
+    <t>browningkaren01@gmail.com</t>
+  </si>
+  <si>
+    <t>Mt. Olive CC</t>
+  </si>
+  <si>
+    <t>Tony Anders</t>
+  </si>
+  <si>
+    <t>Tandersr838@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 17,2026</t>
+  </si>
+  <si>
+    <t>Boksburg Torch</t>
+  </si>
+  <si>
+    <t>Cian Marsh-Adsetts</t>
+  </si>
+  <si>
+    <t>ciano32185@gmail.com</t>
+  </si>
+  <si>
+    <t>Western Cape</t>
+  </si>
+  <si>
+    <t>Drakenstein Torch</t>
+  </si>
+  <si>
+    <t>Joan Baker</t>
+  </si>
+  <si>
+    <t>drakenstein.torch.agape@kairosministry.org.za</t>
+  </si>
+  <si>
+    <t>KO Northwest FL</t>
+  </si>
+  <si>
+    <t>Kenneth Henley</t>
+  </si>
+  <si>
+    <t>konwfl.agape@gmail.com</t>
+  </si>
+  <si>
+    <t>KO South FL</t>
+  </si>
+  <si>
+    <t>Julissa Alberto</t>
+  </si>
+  <si>
+    <t>agapekosurfl@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Southern IN</t>
+  </si>
+  <si>
+    <t>KO Southern MS</t>
+  </si>
+  <si>
+    <t>KO Northeast OH</t>
+  </si>
+  <si>
+    <t>Carole Crane</t>
+  </si>
+  <si>
+    <t>cacrane61@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Eastern TN</t>
+  </si>
+  <si>
+    <t>Grace Davenport</t>
+  </si>
+  <si>
+    <t>gracekoet@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 23,2026</t>
+  </si>
+  <si>
+    <t>Fountain</t>
+  </si>
+  <si>
+    <t>Bill Thomason</t>
+  </si>
+  <si>
+    <t>bthomason517@gmail.com</t>
+  </si>
+  <si>
+    <t>Buena Vista</t>
+  </si>
+  <si>
+    <t>To be determined</t>
+  </si>
+  <si>
+    <t>john316tamborski@gmail.com</t>
+  </si>
+  <si>
+    <t>NW FL Reception Center</t>
+  </si>
+  <si>
+    <t>Don Hardy</t>
+  </si>
+  <si>
+    <t>dhardy@shipsofglassinc.com</t>
+  </si>
+  <si>
+    <t>Zephyrhills CI</t>
+  </si>
+  <si>
+    <t>David Shively</t>
+  </si>
+  <si>
+    <t>davidshively@verizon.net</t>
+  </si>
+  <si>
+    <t>Branchville</t>
+  </si>
+  <si>
+    <t>Edinburgh</t>
+  </si>
+  <si>
+    <t>Mike Jones</t>
+  </si>
+  <si>
+    <t>mjones4832@gmail.com</t>
+  </si>
+  <si>
+    <t>Pendleton Men</t>
+  </si>
+  <si>
+    <t>Larry McWhorter</t>
+  </si>
+  <si>
+    <t>coachlarrymcwhorter@gmail.com</t>
+  </si>
+  <si>
+    <t>Wabash Valley CF</t>
+  </si>
+  <si>
+    <t>Mitch Nidy</t>
+  </si>
+  <si>
+    <t>mitchnidey1@gmail.com</t>
+  </si>
+  <si>
+    <t>LA CI Women</t>
+  </si>
+  <si>
+    <t>JACQUELINE L PRIELIPP</t>
+  </si>
+  <si>
+    <t>prielipp.jacquie@gmail.com</t>
+  </si>
+  <si>
+    <t>MD CI - Jessup</t>
+  </si>
+  <si>
+    <t>Jeff Shelley</t>
+  </si>
+  <si>
+    <t>taz4jc2@yahoo.com</t>
+  </si>
+  <si>
+    <t>North Branch</t>
+  </si>
+  <si>
+    <t>Manuel Alejandro Jimenez</t>
+  </si>
+  <si>
+    <t>jimenezbenitezm@icloud.com</t>
+  </si>
+  <si>
+    <t>Central MS CF - Men</t>
+  </si>
+  <si>
+    <t>Parchman</t>
+  </si>
+  <si>
+    <t>U30</t>
+  </si>
+  <si>
+    <t>Marla Sartain</t>
+  </si>
+  <si>
+    <t>marla.holcomb@gmail.com</t>
+  </si>
+  <si>
+    <t>Foothills CI</t>
+  </si>
+  <si>
+    <t>Scott Henne</t>
+  </si>
+  <si>
+    <t>scotthenne666.gmail.com</t>
+  </si>
+  <si>
+    <t>Pasquotank CI</t>
+  </si>
+  <si>
+    <t>Chillicothe - CCI</t>
+  </si>
+  <si>
+    <t>Adam George</t>
+  </si>
+  <si>
+    <t>adam.george1@yahoo.com</t>
+  </si>
+  <si>
+    <t>Dayton - DCI</t>
+  </si>
+  <si>
+    <t>Diann Barlow</t>
+  </si>
+  <si>
+    <t>Marion - MCI</t>
+  </si>
+  <si>
+    <t>David Coho</t>
+  </si>
+  <si>
+    <t>cohodr@gmail.com</t>
+  </si>
+  <si>
+    <t>OH Reformatory for Women - ORW</t>
+  </si>
+  <si>
+    <t>Veronica Daw</t>
+  </si>
+  <si>
+    <t>vdaw01@gmail.com</t>
+  </si>
+  <si>
+    <t>Pickaway - PCI</t>
+  </si>
+  <si>
+    <t>Gerard Tracy</t>
+  </si>
+  <si>
+    <t>gbtracyjr@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>Trumbull - TCI</t>
+  </si>
+  <si>
+    <t>Pete Evangelista</t>
+  </si>
+  <si>
+    <t>pizonpete@aol.com</t>
+  </si>
+  <si>
+    <t>Warren - WCI</t>
+  </si>
+  <si>
+    <t>Riverbend Max S1</t>
+  </si>
+  <si>
+    <t>Newton Welch</t>
+  </si>
+  <si>
+    <t>nashvillenewton@gmail.com</t>
+  </si>
+  <si>
+    <t>Bartlett Innovation</t>
+  </si>
+  <si>
+    <t>Molly Wilkinson</t>
+  </si>
+  <si>
+    <t>wilkinsonmolly27@gmail.com</t>
+  </si>
+  <si>
+    <t>Dalhart</t>
+  </si>
+  <si>
+    <t>Jayden Cahoj</t>
+  </si>
+  <si>
+    <t>Tank12_4@hotmail.com</t>
+  </si>
+  <si>
+    <t>Luther</t>
+  </si>
+  <si>
+    <t>Tom Cook</t>
+  </si>
+  <si>
+    <t>tjcook2@me.com</t>
+  </si>
+  <si>
+    <t>McConnell</t>
+  </si>
+  <si>
+    <t>David Henley</t>
+  </si>
+  <si>
+    <t>dhenley39@yahoo.com</t>
+  </si>
+  <si>
+    <t>Murray</t>
+  </si>
+  <si>
+    <t>Kira Megason</t>
+  </si>
+  <si>
+    <t>megasonkira@yahoo.com</t>
+  </si>
+  <si>
+    <t>Robertson</t>
+  </si>
+  <si>
+    <t>Carolyn Ditty</t>
+  </si>
+  <si>
+    <t>momface@live.com</t>
+  </si>
+  <si>
+    <t>Terrell</t>
+  </si>
+  <si>
+    <t>Drake Ferguson</t>
+  </si>
+  <si>
+    <t>drakeferguson@live.com</t>
+  </si>
+  <si>
+    <t>Lawrenceville CC</t>
+  </si>
+  <si>
+    <t>Steve Connelly</t>
+  </si>
+  <si>
+    <t>sfconnelly0814@gmail.com</t>
+  </si>
+  <si>
+    <t>State Farm</t>
+  </si>
+  <si>
+    <t>Dan Clark</t>
+  </si>
+  <si>
+    <t>cdanclark@aol.com</t>
+  </si>
+  <si>
+    <t>APR 24,2026</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Ontario</t>
+  </si>
+  <si>
+    <t>Grand Valley</t>
+  </si>
+  <si>
+    <t>KO North AL</t>
+  </si>
+  <si>
+    <t>Toshika Jones</t>
+  </si>
+  <si>
+    <t>missyt26@yahoo.com</t>
+  </si>
+  <si>
+    <t>KO Phoenix</t>
+  </si>
+  <si>
+    <t>KO Delmarva</t>
+  </si>
+  <si>
+    <t>Jess Mastriana</t>
+  </si>
+  <si>
+    <t>jessmastriana@Icloud</t>
+  </si>
+  <si>
+    <t>KO Central FL</t>
+  </si>
+  <si>
+    <t>Elizabeth Duncan</t>
+  </si>
+  <si>
+    <t>elizabethduncan88@gmail.com</t>
+  </si>
+  <si>
+    <t>Logansport Torch</t>
+  </si>
+  <si>
+    <t>Angie Henry</t>
+  </si>
+  <si>
+    <t>henryange33@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Central MS</t>
+  </si>
+  <si>
+    <t>Nelda Edwards</t>
+  </si>
+  <si>
+    <t>neldakay0245@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Western Missouri</t>
+  </si>
+  <si>
+    <t>Judy Sammon</t>
+  </si>
+  <si>
+    <t>kcbroncofan@gmail.com</t>
+  </si>
+  <si>
+    <t>Edgecombe Torch</t>
+  </si>
+  <si>
+    <t>Demetrius Cox</t>
+  </si>
+  <si>
+    <t>demetriuscox29@yahoo.com</t>
+  </si>
+  <si>
+    <t>KO Amarillo</t>
+  </si>
+  <si>
+    <t>Sandra Wise</t>
+  </si>
+  <si>
+    <t>wisedansandra@yahoo.com</t>
+  </si>
+  <si>
+    <t>KO Lubbock</t>
+  </si>
+  <si>
+    <t>KO Eastern WA</t>
+  </si>
+  <si>
+    <t>Kylie Kauffman</t>
+  </si>
+  <si>
+    <t>kauffmankylie2007@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 27,2026</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Northern Ireland</t>
+  </si>
+  <si>
+    <t>Maghaberry</t>
+  </si>
+  <si>
+    <t>Peter Boyd</t>
+  </si>
+  <si>
+    <t>kairosmaghaberry@gmail.com</t>
+  </si>
+  <si>
+    <t>APR 30,2026</t>
+  </si>
+  <si>
+    <t>Krugersdorp</t>
+  </si>
+  <si>
+    <t>Johan Harding</t>
+  </si>
+  <si>
+    <t>kdorp.agape@gmail.co.za</t>
+  </si>
+  <si>
+    <t>Ironwood SP</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>Tim Scott</t>
+  </si>
+  <si>
+    <t>timscott@title24foryou.com</t>
+  </si>
+  <si>
+    <t>Central FL Reception Ctr</t>
+  </si>
+  <si>
+    <t>Kevin Early</t>
+  </si>
+  <si>
+    <t>Vesselofclay@zohomail.com</t>
+  </si>
+  <si>
+    <t>Madison CI</t>
+  </si>
+  <si>
+    <t>Santa Rosa</t>
+  </si>
+  <si>
+    <t>Jimmy Stiller</t>
+  </si>
+  <si>
+    <t>jli.stiller@gmail.com</t>
+  </si>
+  <si>
+    <t>Wakulla CI</t>
+  </si>
+  <si>
+    <t>Tom Staub</t>
+  </si>
+  <si>
+    <t>r3sons@tds.net</t>
+  </si>
+  <si>
+    <t>Western Illinois</t>
+  </si>
+  <si>
+    <t>Richard Willard</t>
+  </si>
+  <si>
+    <t>Richardwwillard@gmail.com</t>
+  </si>
+  <si>
+    <t>Plainfield CF</t>
+  </si>
+  <si>
+    <t>Chris Mains</t>
+  </si>
+  <si>
+    <t>pfcckairos25@gmail.com</t>
+  </si>
+  <si>
+    <t>Westville</t>
+  </si>
+  <si>
+    <t>Jesse Valdez</t>
+  </si>
+  <si>
+    <t>pawpawredskins1954@gmail.com</t>
+  </si>
+  <si>
+    <t>Jessup CI - JCI</t>
+  </si>
+  <si>
+    <t>Crossroads</t>
+  </si>
+  <si>
+    <t>Clayton Mooney</t>
+  </si>
+  <si>
+    <t>cdmooney46@yahoo.com</t>
+  </si>
+  <si>
+    <t>New Mexico</t>
+  </si>
+  <si>
+    <t>Guadalupe County CF</t>
+  </si>
+  <si>
+    <t>Brent Bateman</t>
+  </si>
+  <si>
+    <t>dbbatem@gmail.com</t>
+  </si>
+  <si>
+    <t>Northeast NM</t>
+  </si>
+  <si>
+    <t>Karla Hill</t>
+  </si>
+  <si>
+    <t>two-4him@att.net</t>
+  </si>
+  <si>
+    <t>London - LoCI</t>
+  </si>
+  <si>
+    <t>Dana Johnson</t>
+  </si>
+  <si>
+    <t>Dana.johnson777@yahoo.com</t>
+  </si>
+  <si>
+    <t>Joseph Harp CC</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Linda Rains</t>
+  </si>
+  <si>
+    <t>llrains@aol.com</t>
+  </si>
+  <si>
+    <t>Trenton</t>
+  </si>
+  <si>
+    <t>Jolene Birkett</t>
+  </si>
+  <si>
+    <t>jabstrous@gmail.com</t>
+  </si>
+  <si>
+    <t>Tyger River</t>
+  </si>
+  <si>
+    <t>Jeff Byrd</t>
+  </si>
+  <si>
+    <t>jeffbyrd55@me.com</t>
+  </si>
+  <si>
+    <t>Memorial</t>
+  </si>
+  <si>
+    <t>Chris Kochenower</t>
+  </si>
+  <si>
+    <t>ckochenower@slb.com</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Greg Jensen</t>
+  </si>
+  <si>
+    <t>gjkj1967@gmail.com</t>
+  </si>
+  <si>
+    <t>Montford</t>
+  </si>
+  <si>
+    <t>Duane Brecheisen</t>
+  </si>
+  <si>
+    <t>Stevenson</t>
+  </si>
+  <si>
+    <t>Karen Webb</t>
+  </si>
+  <si>
+    <t>kewflamingo@yahoo.com</t>
+  </si>
+  <si>
+    <t>Wainwright</t>
+  </si>
+  <si>
+    <t>Greensville CC S2</t>
+  </si>
+  <si>
+    <t>VA Correctional Women - VCCW</t>
+  </si>
+  <si>
+    <t>Darlene Riddle</t>
+  </si>
+  <si>
+    <t>agapevccw@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY  1,2026</t>
+  </si>
+  <si>
+    <t>KO South AL</t>
+  </si>
+  <si>
+    <t>Samantha Paredes</t>
+  </si>
+  <si>
+    <t>samanthaparedes.kairos@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Northern AZ</t>
+  </si>
+  <si>
+    <t>Bea Sedillo</t>
+  </si>
+  <si>
+    <t>rougemont19@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Southern CA</t>
+  </si>
+  <si>
+    <t>Esther Bonilla</t>
+  </si>
+  <si>
+    <t>kairossocal@gmail.com</t>
+  </si>
+  <si>
+    <t>KO West KY</t>
+  </si>
+  <si>
+    <t>Sara Duke</t>
+  </si>
+  <si>
+    <t>luvppl2021@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Western NC</t>
+  </si>
+  <si>
+    <t>KO Northeast TN</t>
+  </si>
+  <si>
+    <t>Vanice Black</t>
+  </si>
+  <si>
+    <t>konet.agape@gmail.com</t>
+  </si>
+  <si>
+    <t>Katy Torch</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>Ethel Roland</t>
+  </si>
+  <si>
+    <t>ethelr745@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Abilene</t>
+  </si>
+  <si>
+    <t>Diana Bailey</t>
+  </si>
+  <si>
+    <t>dianakayebailey@yahoo.com</t>
+  </si>
+  <si>
+    <t>KO Houston</t>
+  </si>
+  <si>
+    <t>Bettyanne Baird</t>
+  </si>
+  <si>
+    <t>bettyanne@windstream.net</t>
+  </si>
+  <si>
+    <t>KO Midland</t>
+  </si>
+  <si>
+    <t>Linda DeLaGarza</t>
+  </si>
+  <si>
+    <t>Lindadlgko2014@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY  4,2026</t>
+  </si>
+  <si>
+    <t>St Heliers</t>
+  </si>
+  <si>
+    <t>Vicki</t>
+  </si>
+  <si>
+    <t>kiStHeliersAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>Tamworth</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>kiTamworthAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>South Australia</t>
+  </si>
+  <si>
+    <t>Port Augusta</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>kiPtAugustaAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>Beavercreek</t>
+  </si>
+  <si>
+    <t>TBA</t>
+  </si>
+  <si>
+    <t>meklin7@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY  5,2026</t>
+  </si>
+  <si>
     <t>Angola</t>
   </si>
   <si>
-    <t>Kairos Inside</t>
-[...44 lines deleted...]
-    <t>Missouri</t>
+    <t>Angie Broyles</t>
+  </si>
+  <si>
+    <t>angiebroyles@yahoo.com</t>
+  </si>
+  <si>
+    <t>MAY  7,2026</t>
+  </si>
+  <si>
+    <t>Leeuwkop Medium</t>
+  </si>
+  <si>
+    <t>Andrew Muigai</t>
+  </si>
+  <si>
+    <t>andrewmuigai@gmail.com</t>
+  </si>
+  <si>
+    <t>Lee SP</t>
+  </si>
+  <si>
+    <t>Steve Neal</t>
+  </si>
+  <si>
+    <t>neal80@bellsouth.net</t>
+  </si>
+  <si>
+    <t>Rockville</t>
+  </si>
+  <si>
+    <t>Chillicothe</t>
+  </si>
+  <si>
+    <t>Carol Constant</t>
+  </si>
+  <si>
+    <t>4given.cc@gmail.com</t>
+  </si>
+  <si>
+    <t>Dick Conner DCC</t>
+  </si>
+  <si>
+    <t>Beto</t>
+  </si>
+  <si>
+    <t>MAY 12,2026</t>
+  </si>
+  <si>
+    <t>Connally</t>
+  </si>
+  <si>
+    <t>Cam Homeyer</t>
+  </si>
+  <si>
+    <t>bcrockinhorse@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY 14,2026</t>
+  </si>
+  <si>
+    <t>Northwest Province</t>
+  </si>
+  <si>
+    <t>Losperfontein</t>
+  </si>
+  <si>
+    <t>East AR Regional</t>
+  </si>
+  <si>
+    <t>Joseph Scheider</t>
+  </si>
+  <si>
+    <t>jsscheiber1410@gmail.com</t>
+  </si>
+  <si>
+    <t>Baylor CI</t>
+  </si>
+  <si>
+    <t>Barbara Morton</t>
+  </si>
+  <si>
+    <t>bjmkairos2026@gmail.com</t>
+  </si>
+  <si>
+    <t>Lawtey</t>
+  </si>
+  <si>
+    <t>Martin CI</t>
+  </si>
+  <si>
+    <t>Scott Pascal</t>
+  </si>
+  <si>
+    <t>gr8scott320@gmail.com</t>
+  </si>
+  <si>
+    <t>Sumter CI</t>
+  </si>
+  <si>
+    <t>Ray Sheppard</t>
+  </si>
+  <si>
+    <t>ray.sheppard@icaai.ai</t>
+  </si>
+  <si>
+    <t>New Hampshire</t>
+  </si>
+  <si>
+    <t>Concord</t>
+  </si>
+  <si>
+    <t>Andy Steenbergen</t>
+  </si>
+  <si>
+    <t>strategic@breezline.net</t>
+  </si>
+  <si>
+    <t>Greene</t>
+  </si>
+  <si>
+    <t>Carla Schubert</t>
+  </si>
+  <si>
+    <t>rizgirl896@comcast.net</t>
+  </si>
+  <si>
+    <t>MAY 15,2026</t>
+  </si>
+  <si>
+    <t>KO Tucson</t>
+  </si>
+  <si>
+    <t>Chris Garrison</t>
+  </si>
+  <si>
+    <t>azchrisluvstigger@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Northern CA</t>
+  </si>
+  <si>
+    <t>Edith Love</t>
+  </si>
+  <si>
+    <t>imperialoved@gmail.com</t>
+  </si>
+  <si>
+    <t>KO San Diego</t>
+  </si>
+  <si>
+    <t>Cynthia Maldonado</t>
+  </si>
+  <si>
+    <t>madcats619@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Coastal</t>
+  </si>
+  <si>
+    <t>Rose Wilson</t>
+  </si>
+  <si>
+    <t>rosewilson50@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Central OH</t>
+  </si>
+  <si>
+    <t>Teresa Folk</t>
+  </si>
+  <si>
+    <t>kairosoutsideohio@gmail.com</t>
+  </si>
+  <si>
+    <t>Ellis Torch</t>
+  </si>
+  <si>
+    <t>stephen.allen10145@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Central Texas</t>
+  </si>
+  <si>
+    <t>Bettye Keefer</t>
+  </si>
+  <si>
+    <t>bettye.keefer@yahoo.com</t>
+  </si>
+  <si>
+    <t>KO San Antonio</t>
+  </si>
+  <si>
+    <t>Marty Sanchez</t>
+  </si>
+  <si>
+    <t>Sanmartha34@icloud.com</t>
+  </si>
+  <si>
+    <t>KO Wichita Falls</t>
+  </si>
+  <si>
+    <t>MaryAlice Gilcrest</t>
+  </si>
+  <si>
+    <t>formags2001@yahoo.com</t>
+  </si>
+  <si>
+    <t>MAY 16,2026</t>
+  </si>
+  <si>
+    <t>Pendleton Torch</t>
+  </si>
+  <si>
+    <t>Liv Martin</t>
+  </si>
+  <si>
+    <t>livmarvin@yahoo.com</t>
+  </si>
+  <si>
+    <t>MAY 17,2026</t>
+  </si>
+  <si>
+    <t>Muncy CI</t>
+  </si>
+  <si>
+    <t>Katie Flather</t>
+  </si>
+  <si>
+    <t>kirwin2480@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY 18,2026</t>
+  </si>
+  <si>
+    <t>Mid North Coast Men</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>kiMidNorthCoastAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>MAY 21,2026</t>
+  </si>
+  <si>
+    <t>Kgosi Mampuru II Ladies</t>
+  </si>
+  <si>
+    <t>Hester de Wet</t>
+  </si>
+  <si>
+    <t>hsdewet@gmail.com</t>
+  </si>
+  <si>
+    <t>Maine</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Michael Paul</t>
+  </si>
+  <si>
+    <t>michaelpaul007013@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY 22,2026</t>
+  </si>
+  <si>
+    <t>KOW Sydney</t>
+  </si>
+  <si>
+    <t>Kathy</t>
+  </si>
+  <si>
+    <t>koSydneyAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>KO KwaZulu-Natal</t>
+  </si>
+  <si>
+    <t>Kathy Timm</t>
+  </si>
+  <si>
+    <t>kathytimmstewart@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY 28,2026</t>
+  </si>
+  <si>
+    <t>Drakenstein</t>
+  </si>
+  <si>
+    <t>Charles Du</t>
+  </si>
+  <si>
+    <t>duyinhao@gmail.com</t>
+  </si>
+  <si>
+    <t>North AL Community WC</t>
+  </si>
+  <si>
+    <t>Pete Lawrence</t>
+  </si>
+  <si>
+    <t>pete.lawrence4@gmail.com</t>
+  </si>
+  <si>
+    <t>Perryville</t>
+  </si>
+  <si>
+    <t>Lesa Reed</t>
+  </si>
+  <si>
+    <t>lesaparsons@ymail.com</t>
+  </si>
+  <si>
+    <t>Southern MS CI</t>
+  </si>
+  <si>
+    <t>kenny moore</t>
+  </si>
+  <si>
+    <t>kdmoorecompany@gmail.com</t>
+  </si>
+  <si>
+    <t>MAY 29,2026</t>
+  </si>
+  <si>
+    <t>CA Medical Vacaville</t>
+  </si>
+  <si>
+    <t>Walt Busenius</t>
+  </si>
+  <si>
+    <t>walterbusenius@gmail.com</t>
+  </si>
+  <si>
+    <t>JUN  4,2026</t>
+  </si>
+  <si>
+    <t>Boksburg</t>
+  </si>
+  <si>
+    <t>Stephen Foley</t>
+  </si>
+  <si>
+    <t>stephen0844292763@gmail.com</t>
+  </si>
+  <si>
+    <t>ModderBee</t>
+  </si>
+  <si>
+    <t>Eric Vance</t>
+  </si>
+  <si>
+    <t>alan@knightsaccounting.co.za</t>
+  </si>
+  <si>
+    <t>McPherson Unit</t>
+  </si>
+  <si>
+    <t>Sherry Stringer</t>
+  </si>
+  <si>
+    <t>sherry.stringer57@gmail.com</t>
+  </si>
+  <si>
+    <t>JUN 11,2026</t>
+  </si>
+  <si>
+    <t>Staton</t>
+  </si>
+  <si>
+    <t>Bruce Long</t>
+  </si>
+  <si>
+    <t>Bruce.long83@yahoo.com</t>
+  </si>
+  <si>
+    <t>South Bay CF</t>
+  </si>
+  <si>
+    <t>Miguel Gomez</t>
+  </si>
+  <si>
+    <t>miguel.angel.gomez02@gmail.com</t>
+  </si>
+  <si>
+    <t>JUN 12,2026</t>
+  </si>
+  <si>
+    <t>Westville Torch</t>
+  </si>
+  <si>
+    <t>Colleen Weeks</t>
+  </si>
+  <si>
+    <t>cweeks@pioneerfoods.co.za</t>
+  </si>
+  <si>
+    <t>KO North East FL</t>
   </si>
   <si>
     <t>Eastern Reception</t>
   </si>
   <si>
-    <t>Julio Santiago</t>
-[...5 lines deleted...]
-    <t>Oklahoma</t>
+    <t>JUN 16,2026</t>
+  </si>
+  <si>
+    <t>Dillwynia</t>
+  </si>
+  <si>
+    <t>Pam</t>
+  </si>
+  <si>
+    <t>kiDillwyniaAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>Mobilong</t>
+  </si>
+  <si>
+    <t>Kyn</t>
+  </si>
+  <si>
+    <t>kiMobilongAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>JUN 18,2026</t>
+  </si>
+  <si>
+    <t>ODI</t>
+  </si>
+  <si>
+    <t>Peter Noonan</t>
+  </si>
+  <si>
+    <t>peternoonans65@gmail.com</t>
+  </si>
+  <si>
+    <t>Phillips</t>
+  </si>
+  <si>
+    <t>Tim Howington</t>
+  </si>
+  <si>
+    <t>timhowington58@gmail.com</t>
+  </si>
+  <si>
+    <t>JUN 25,2026</t>
+  </si>
+  <si>
+    <t>Windham</t>
+  </si>
+  <si>
+    <t>lahinla@aol.com</t>
+  </si>
+  <si>
+    <t>JUN 26,2026</t>
+  </si>
+  <si>
+    <t>Amarillo Torch</t>
+  </si>
+  <si>
+    <t>Michelle Whitaker</t>
+  </si>
+  <si>
+    <t>michelle.whitaker@canyonisd.net</t>
+  </si>
+  <si>
+    <t>JUL  9,2026</t>
+  </si>
+  <si>
+    <t>Westville Women</t>
+  </si>
+  <si>
+    <t>Mkhwanazi Ayanda</t>
+  </si>
+  <si>
+    <t>ndongayah@gmail.com</t>
+  </si>
+  <si>
+    <t>Ney</t>
+  </si>
+  <si>
+    <t>JUL 10,2026</t>
+  </si>
+  <si>
+    <t>KO Illinois</t>
+  </si>
+  <si>
+    <t>Essie Petty</t>
+  </si>
+  <si>
+    <t>Godsproperty95@yahoo.com</t>
+  </si>
+  <si>
+    <t>JUL 23,2026</t>
+  </si>
+  <si>
+    <t>Anson</t>
+  </si>
+  <si>
+    <t>Annette Harris</t>
+  </si>
+  <si>
+    <t>nootharris50@gmail.com</t>
+  </si>
+  <si>
+    <t>JUL 30,2026</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>Charles Ford</t>
+  </si>
+  <si>
+    <t>325-242-0105</t>
+  </si>
+  <si>
+    <t>JUL 31,2026</t>
+  </si>
+  <si>
+    <t>KO Gauteng North</t>
+  </si>
+  <si>
+    <t>AUG  6,2026</t>
+  </si>
+  <si>
+    <t>Free State</t>
+  </si>
+  <si>
+    <t>Kroonstad</t>
+  </si>
+  <si>
+    <t>Nuansa Vogel</t>
+  </si>
+  <si>
+    <t>Cole</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>AUG 13,2026</t>
+  </si>
+  <si>
+    <t>Red Onion SP</t>
+  </si>
+  <si>
+    <t>David James</t>
+  </si>
+  <si>
+    <t>revdgjames@gmail.com</t>
+  </si>
+  <si>
+    <t>AUG 14,2026</t>
+  </si>
+  <si>
+    <t>KOW South Coast</t>
+  </si>
+  <si>
+    <t>JO</t>
+  </si>
+  <si>
+    <t>koSouthCoastAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>AUG 21,2026</t>
+  </si>
+  <si>
+    <t>KOW Canberra Monaro</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>koCanberraAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>AUG 22,2026</t>
+  </si>
+  <si>
+    <t>Giddings Torch</t>
+  </si>
+  <si>
+    <t>Doris Pietzsch</t>
+  </si>
+  <si>
+    <t>da_pietzsch@hotmail.com</t>
+  </si>
+  <si>
+    <t>AUG 28,2026</t>
+  </si>
+  <si>
+    <t>KO New Hampshire</t>
+  </si>
+  <si>
+    <t>Mary Ann Broden</t>
+  </si>
+  <si>
+    <t>nhkairosoutside32@gmail.com</t>
+  </si>
+  <si>
+    <t>SEP  3,2026</t>
+  </si>
+  <si>
+    <t>Lagos</t>
+  </si>
+  <si>
+    <t>Ikoyi</t>
+  </si>
+  <si>
+    <t>Cyril Uzo Ibeleme</t>
+  </si>
+  <si>
+    <t>Malmesbury</t>
+  </si>
+  <si>
+    <t>Sharon Ansara</t>
+  </si>
+  <si>
+    <t>lawrence.ansara@gmail.com</t>
+  </si>
+  <si>
+    <t>SEP  4,2026</t>
+  </si>
+  <si>
+    <t>Valley State Prison Men</t>
+  </si>
+  <si>
+    <t>Brad Umlauf</t>
+  </si>
+  <si>
+    <t>bsumlauf@hotmail.com</t>
+  </si>
+  <si>
+    <t>SEP  9,2026</t>
+  </si>
+  <si>
+    <t>SEP 10,2026</t>
+  </si>
+  <si>
+    <t>SEP 11,2026</t>
+  </si>
+  <si>
+    <t>Connecticut</t>
+  </si>
+  <si>
+    <t>KO Connecticut</t>
+  </si>
+  <si>
+    <t>Ctko2023@Gmail.com</t>
+  </si>
+  <si>
+    <t>KO Central IN</t>
+  </si>
+  <si>
+    <t>Melissa LeRoux</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> mmathias16@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Corpus Christi</t>
+  </si>
+  <si>
+    <t>KO Southwest VA</t>
+  </si>
+  <si>
+    <t>Jennifer Truslow</t>
+  </si>
+  <si>
+    <t>jenniferwpropmanager@icloud.com</t>
+  </si>
+  <si>
+    <t>SEP 15,2026</t>
+  </si>
+  <si>
+    <t>Mannus</t>
+  </si>
+  <si>
+    <t>Peter Ridge</t>
+  </si>
+  <si>
+    <t>kiMannusAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>SEP 17,2026</t>
+  </si>
+  <si>
+    <t>David Wade</t>
+  </si>
+  <si>
+    <t>firepreventionofficer11@gmail.com</t>
+  </si>
+  <si>
+    <t>SEP 18,2026</t>
+  </si>
+  <si>
+    <t>KO Northeastern NC</t>
+  </si>
+  <si>
+    <t>SEP 20,2026</t>
+  </si>
+  <si>
+    <t>SEP 24,2026</t>
+  </si>
+  <si>
+    <t>Tutwiler</t>
+  </si>
+  <si>
+    <t>Susie Gutierrez</t>
+  </si>
+  <si>
+    <t>susie062279@gmail.com</t>
+  </si>
+  <si>
+    <t>SEP 25,2026</t>
+  </si>
+  <si>
+    <t>KO East LA</t>
+  </si>
+  <si>
+    <t>Satearia Moore</t>
+  </si>
+  <si>
+    <t>satearia2009@gmail.com</t>
   </si>
   <si>
     <t>Central OK Torch</t>
   </si>
   <si>
-    <t>Kairos Torch</t>
-[...146 lines deleted...]
-    <t>FEB 16,2026</t>
+    <t>OCT  1,2026</t>
+  </si>
+  <si>
+    <t>NH CF Women</t>
+  </si>
+  <si>
+    <t>Diane Cestrone</t>
+  </si>
+  <si>
+    <t>dcestrone@comcast.net</t>
+  </si>
+  <si>
+    <t>Western Women</t>
+  </si>
+  <si>
+    <t>Tim Maldonado</t>
+  </si>
+  <si>
+    <t>tim101973@gmail.com</t>
+  </si>
+  <si>
+    <t>OCT  2,2026</t>
+  </si>
+  <si>
+    <t>KO West LA</t>
+  </si>
+  <si>
+    <t>Marcel Smith</t>
+  </si>
+  <si>
+    <t>smithmarcel@rocketmail.com</t>
+  </si>
+  <si>
+    <t>OCT  8,2026</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
-    <t>Goshen Torch</t>
-[...1616 lines deleted...]
-    <t>AUG 28,2026</t>
+    <t>KO NYC</t>
+  </si>
+  <si>
+    <t>Cambridge Springs</t>
+  </si>
+  <si>
+    <t>Lisa Appleton</t>
+  </si>
+  <si>
+    <t>lappleton@neo.rr.com</t>
+  </si>
+  <si>
+    <t>OCT  9,2026</t>
+  </si>
+  <si>
+    <t>KOW Adelaide</t>
+  </si>
+  <si>
+    <t>Jane</t>
+  </si>
+  <si>
+    <t>kpAdelaideAgape@kairos.org.au</t>
+  </si>
+  <si>
+    <t>OCT 10,2026</t>
+  </si>
+  <si>
+    <t>KO Nebraska</t>
+  </si>
+  <si>
+    <t>Cheryl Hel</t>
+  </si>
+  <si>
+    <t>chejl380@yahoo.com</t>
+  </si>
+  <si>
+    <t>OCT 15,2026</t>
+  </si>
+  <si>
+    <t>IN State Prison</t>
+  </si>
+  <si>
+    <t>Bob McCreary</t>
+  </si>
+  <si>
+    <t>bmccreary36@hotmail.com</t>
+  </si>
+  <si>
+    <t>Mountain View</t>
+  </si>
+  <si>
+    <t>Phillip Gibson</t>
+  </si>
+  <si>
+    <t>pgibson@wnccumc.net</t>
+  </si>
+  <si>
+    <t>Cindy.renee.pratt@gmail.com</t>
+  </si>
+  <si>
+    <t>Janet Schooley</t>
+  </si>
+  <si>
+    <t>Janetruth2u@gmail.com</t>
+  </si>
+  <si>
+    <t>OCT 16,2026</t>
+  </si>
+  <si>
+    <t>Macon YDC Torch Female</t>
+  </si>
+  <si>
+    <t>Carmen Farrenkopf</t>
+  </si>
+  <si>
+    <t>carms3sons@gmail.com</t>
+  </si>
+  <si>
+    <t>KO Northern IN</t>
+  </si>
+  <si>
+    <t>OCT 22,2026</t>
+  </si>
+  <si>
+    <t>Eshowe Women's</t>
+  </si>
+  <si>
+    <t>Hilary Hoole</t>
+  </si>
+  <si>
+    <t>hilary@saintcatherines.co.za</t>
+  </si>
+  <si>
+    <t>Camille Griffin CI</t>
+  </si>
+  <si>
+    <t>OCT 23,2026</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>Olancho</t>
+  </si>
+  <si>
+    <t>KO Honduras</t>
+  </si>
+  <si>
+    <t>Arabeli Rivera</t>
+  </si>
+  <si>
+    <t>kairosoutsidehonduras@gmail.com</t>
+  </si>
+  <si>
+    <t>jessmastriana@icloud.com</t>
+  </si>
+  <si>
+    <t>KO Southeast FL</t>
+  </si>
+  <si>
+    <t>Teresa Huckaby</t>
+  </si>
+  <si>
+    <t>KOETguests@gmail.com</t>
+  </si>
+  <si>
+    <t>Wisconsin</t>
+  </si>
+  <si>
+    <t>KO East WI</t>
+  </si>
+  <si>
+    <t>OCT 29,2026</t>
+  </si>
+  <si>
+    <t>Coleman</t>
+  </si>
+  <si>
+    <t>Sarah Ritchea</t>
+  </si>
+  <si>
+    <t>s_ritchea@yahoo.com</t>
+  </si>
+  <si>
+    <t>NOV  5,2026</t>
+  </si>
+  <si>
+    <t>Tracy Aubrey</t>
+  </si>
+  <si>
+    <t>tracy@aubreyautosales.com</t>
+  </si>
+  <si>
+    <t>Pamlico</t>
+  </si>
+  <si>
+    <t>NOV  6,2026</t>
+  </si>
+  <si>
+    <t>NOV 12,2026</t>
+  </si>
+  <si>
+    <t>Centinela</t>
+  </si>
+  <si>
+    <t>Bob Shank</t>
+  </si>
+  <si>
+    <t>rbshank@att.net</t>
+  </si>
+  <si>
+    <t>North Central Torch T-NCCI</t>
+  </si>
+  <si>
+    <t>Albion</t>
+  </si>
+  <si>
+    <t>Ken Lewis</t>
+  </si>
+  <si>
+    <t>albion.sci.kairos.agape@gmail.com</t>
+  </si>
+  <si>
+    <t>NOV 13,2026</t>
   </si>
   <si>
     <t>KO Georgia</t>
   </si>
   <si>
     <t>kairosoutsidegeorgia@gmail.com</t>
   </si>
   <si>
-    <t>SEP 10,2026</t>
-[...151 lines deleted...]
-  <si>
     <t>MAR 11,2027</t>
   </si>
   <si>
+    <t>MAR 18,2027</t>
+  </si>
+  <si>
+    <t>Joan Findley</t>
+  </si>
+  <si>
+    <t>Joanfindley1991@gmail.com</t>
+  </si>
+  <si>
     <t>MAR 25,2027</t>
   </si>
   <si>
     <t>APR  8,2027</t>
   </si>
   <si>
     <t>janetruth2u@gmail.com</t>
   </si>
   <si>
+    <t>APR  9,2027</t>
+  </si>
+  <si>
     <t>APR 22,2027</t>
   </si>
   <si>
     <t>APR 23,2027</t>
   </si>
   <si>
     <t>KO Kenai Peninsula</t>
   </si>
   <si>
     <t>Sheryl K Neel</t>
   </si>
   <si>
     <t>fetchupit@yahoo.com</t>
   </si>
   <si>
+    <t>APR 29,2027</t>
+  </si>
+  <si>
     <t>MAY 13,2027</t>
   </si>
   <si>
+    <t>OCT 14,2027</t>
+  </si>
+  <si>
     <t>OCT 21,2027</t>
+  </si>
+  <si>
+    <t>OCT 28,2027</t>
+  </si>
+  <si>
+    <t>Paul D Beekman</t>
   </si>
   <si>
     <t>NOV 11,2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2418,51 +3507,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J245"/>
+  <dimension ref="A1:J384"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1">
         <v>1</v>
       </c>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
@@ -2486,6703 +3575,10701 @@
       </c>
       <c r="I3" t="s">
         <v>8</v>
       </c>
       <c r="J3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="G4">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="H4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>20</v>
       </c>
       <c r="J5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6</v>
       </c>
       <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>22</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>23</v>
       </c>
-      <c r="D6" t="s">
+      <c r="G6">
+        <v>6</v>
+      </c>
+      <c r="H6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>24</v>
       </c>
-      <c r="E6" t="s">
+      <c r="J6" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7</v>
       </c>
       <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" t="s">
         <v>28</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="J7" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" t="s">
         <v>33</v>
       </c>
-      <c r="E8" t="s">
+      <c r="J8" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>9</v>
       </c>
       <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9">
+        <v>25</v>
+      </c>
+      <c r="H9" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" t="s">
         <v>38</v>
-      </c>
-[...19 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="G10">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="J10" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G11">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>14</v>
       </c>
       <c r="I11" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="J11" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>48</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="H12" t="s">
         <v>14</v>
       </c>
       <c r="I12" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="J12" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G13">
-        <v>4</v>
+        <v>55</v>
       </c>
       <c r="H13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="J13" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="G14">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H14" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" t="s">
         <v>57</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="J15" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="G16">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="H16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="J16" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>17</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="E17" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="G17">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="H17" t="s">
         <v>14</v>
       </c>
       <c r="I17" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="J17" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18">
+        <v>28</v>
+      </c>
+      <c r="H18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" t="s">
         <v>69</v>
       </c>
-      <c r="E18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>19</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19">
+        <v>55</v>
+      </c>
+      <c r="H19" t="s">
+        <v>14</v>
+      </c>
+      <c r="I19" t="s">
+        <v>72</v>
+      </c>
+      <c r="J19" t="s">
         <v>73</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>74</v>
       </c>
       <c r="H20" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="G21">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="J21" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="G22">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>14</v>
+      </c>
+      <c r="I22" t="s">
+        <v>79</v>
+      </c>
+      <c r="J22" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>23</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E23" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="G23">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="J23" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>24</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E24" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="G24">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="H24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="J24" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>25</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" t="s">
+        <v>86</v>
+      </c>
+      <c r="G25">
+        <v>31</v>
+      </c>
+      <c r="H25" t="s">
+        <v>87</v>
+      </c>
+      <c r="I25" t="s">
         <v>88</v>
       </c>
-      <c r="E25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>26</v>
       </c>
       <c r="B26" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>90</v>
+      </c>
+      <c r="G26">
+        <v>2</v>
+      </c>
+      <c r="H26" t="s">
+        <v>91</v>
+      </c>
+      <c r="I26" t="s">
         <v>92</v>
       </c>
-      <c r="C26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>27</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="E27" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="G27">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="H27" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I27" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="J27" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E28" t="s">
-        <v>110</v>
+        <v>97</v>
+      </c>
+      <c r="F28" t="s">
+        <v>97</v>
       </c>
       <c r="G28">
-        <v>6</v>
+        <v>79</v>
       </c>
       <c r="H28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="J28" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>29</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="G29">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="J29" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="E30" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="G30">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="H30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="J30" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>31</v>
       </c>
       <c r="B31" t="s">
+        <v>108</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>109</v>
       </c>
-      <c r="C31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="H31" t="s">
         <v>14</v>
       </c>
       <c r="I31" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="J31" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
         <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="G32">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H32" t="s">
         <v>14</v>
+      </c>
+      <c r="I32" t="s">
+        <v>115</v>
+      </c>
+      <c r="J32" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="E33" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="G33">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="H33" t="s">
         <v>14</v>
       </c>
       <c r="I33" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="J33" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
         <v>34</v>
       </c>
       <c r="B34" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E34" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="G34">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="H34" t="s">
         <v>14</v>
+      </c>
+      <c r="I34" t="s">
+        <v>122</v>
+      </c>
+      <c r="J34" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
         <v>35</v>
       </c>
       <c r="B35" t="s">
+        <v>112</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>30</v>
+      </c>
+      <c r="E35" t="s">
+        <v>124</v>
+      </c>
+      <c r="G35">
+        <v>27</v>
+      </c>
+      <c r="H35" t="s">
+        <v>14</v>
+      </c>
+      <c r="I35" t="s">
+        <v>125</v>
+      </c>
+      <c r="J35" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
         <v>36</v>
       </c>
       <c r="B36" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="E36" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="G36">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H36" t="s">
         <v>14</v>
+      </c>
+      <c r="I36" t="s">
+        <v>128</v>
+      </c>
+      <c r="J36" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
         <v>37</v>
       </c>
       <c r="B37" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>53</v>
+        <v>130</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>131</v>
+      </c>
+      <c r="F37" t="s">
+        <v>132</v>
       </c>
       <c r="G37">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H37" t="s">
         <v>14</v>
       </c>
       <c r="I37" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="J37" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
         <v>38</v>
       </c>
       <c r="B38" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="G38">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>14</v>
       </c>
       <c r="I38" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="J38" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
         <v>39</v>
       </c>
       <c r="B39" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="G39">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="H39" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
         <v>40</v>
       </c>
       <c r="B40" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="E40" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="G40">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="H40" t="s">
         <v>14</v>
+      </c>
+      <c r="I40" t="s">
+        <v>140</v>
+      </c>
+      <c r="J40" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
         <v>41</v>
       </c>
       <c r="B41" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E41" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="G41">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H41" t="s">
         <v>14</v>
       </c>
       <c r="I41" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="J41" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
         <v>42</v>
       </c>
       <c r="B42" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E42" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="G42">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H42" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
         <v>43</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>149</v>
       </c>
       <c r="E43" t="s">
+        <v>150</v>
+      </c>
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="H43" t="s">
+        <v>14</v>
+      </c>
+      <c r="I43" t="s">
         <v>151</v>
       </c>
-      <c r="G43">
-[...5 lines deleted...]
-      <c r="I43" t="s">
+      <c r="J43" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
         <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E44" t="s">
         <v>154</v>
       </c>
       <c r="G44">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="H44" t="s">
         <v>14</v>
       </c>
       <c r="I44" t="s">
-        <v>90</v>
+        <v>155</v>
       </c>
       <c r="J44" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
         <v>45</v>
       </c>
       <c r="B45" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="E45" t="s">
         <v>157</v>
       </c>
       <c r="G45">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="H45" t="s">
+        <v>14</v>
+      </c>
+      <c r="I45" t="s">
         <v>158</v>
       </c>
-      <c r="I45" t="s">
+      <c r="J45" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
         <v>46</v>
       </c>
       <c r="B46" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E46" t="s">
+        <v>160</v>
+      </c>
+      <c r="G46">
+        <v>96</v>
+      </c>
+      <c r="H46" t="s">
+        <v>14</v>
+      </c>
+      <c r="I46" t="s">
         <v>161</v>
       </c>
-      <c r="G46">
-[...5 lines deleted...]
-      <c r="I46" t="s">
+      <c r="J46" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
         <v>47</v>
       </c>
       <c r="B47" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="E47" t="s">
+        <v>163</v>
+      </c>
+      <c r="G47">
+        <v>44</v>
+      </c>
+      <c r="H47" t="s">
+        <v>14</v>
+      </c>
+      <c r="I47" t="s">
         <v>164</v>
       </c>
-      <c r="G47">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="J47" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
         <v>48</v>
       </c>
       <c r="B48" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="E48" t="s">
         <v>166</v>
       </c>
-      <c r="F48" t="s">
+      <c r="G48">
+        <v>29</v>
+      </c>
+      <c r="H48" t="s">
+        <v>14</v>
+      </c>
+      <c r="I48" t="s">
         <v>167</v>
       </c>
-      <c r="G48">
-[...5 lines deleted...]
-      <c r="I48" t="s">
+      <c r="J48" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
         <v>49</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="E49" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="G49">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="H49" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
         <v>50</v>
       </c>
       <c r="B50" t="s">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="E50" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="G50">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>14</v>
       </c>
       <c r="I50" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="J50" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
         <v>51</v>
       </c>
       <c r="B51" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="E51" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="G51">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H51" t="s">
         <v>14</v>
       </c>
       <c r="I51" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="J51" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52">
         <v>52</v>
       </c>
       <c r="B52" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E52" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G52">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="H52" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53">
         <v>53</v>
       </c>
       <c r="B53" t="s">
+        <v>153</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>39</v>
+      </c>
+      <c r="E53" t="s">
         <v>177</v>
       </c>
-      <c r="C53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G53">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="H53" t="s">
         <v>14</v>
       </c>
       <c r="I53" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="J53" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54">
         <v>54</v>
       </c>
       <c r="B54" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
-        <v>127</v>
+        <v>180</v>
       </c>
       <c r="E54" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="G54">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="H54" t="s">
         <v>14</v>
       </c>
       <c r="I54" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J54" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
         <v>55</v>
       </c>
       <c r="B55" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="D55" t="s">
-        <v>191</v>
+        <v>149</v>
       </c>
       <c r="E55" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="G55">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H55" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I55" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="J55" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
         <v>56</v>
       </c>
       <c r="B56" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="E56" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="G56">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="H56" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I56" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="J56" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
         <v>57</v>
       </c>
       <c r="B57" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="E57" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="G57">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="H57" t="s">
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="I57" t="s">
+        <v>193</v>
+      </c>
+      <c r="J57" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>58</v>
       </c>
       <c r="B58" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>117</v>
+        <v>56</v>
       </c>
       <c r="E58" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="G58">
-        <v>46</v>
+        <v>5</v>
       </c>
       <c r="H58" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="I58" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="J58" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
         <v>59</v>
       </c>
       <c r="B59" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
-        <v>57</v>
+        <v>198</v>
       </c>
       <c r="E59" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="G59">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="H59" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I59" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="J59" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
         <v>60</v>
       </c>
       <c r="B60" t="s">
+        <v>202</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>203</v>
+      </c>
+      <c r="E60" t="s">
+        <v>204</v>
+      </c>
+      <c r="G60">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>14</v>
+      </c>
+      <c r="I60" t="s">
+        <v>205</v>
+      </c>
+      <c r="J60" t="s">
         <v>206</v>
-      </c>
-[...13 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
         <v>61</v>
       </c>
       <c r="B61" t="s">
+        <v>207</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>39</v>
+      </c>
+      <c r="E61" t="s">
         <v>208</v>
       </c>
-      <c r="C61" t="s">
-[...2 lines deleted...]
-      <c r="D61" t="s">
+      <c r="G61">
+        <v>42</v>
+      </c>
+      <c r="H61" t="s">
+        <v>14</v>
+      </c>
+      <c r="I61" t="s">
         <v>209</v>
       </c>
-      <c r="E61" t="s">
+      <c r="J61" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
         <v>62</v>
       </c>
       <c r="B62" t="s">
+        <v>211</v>
+      </c>
+      <c r="C62" t="s">
+        <v>212</v>
+      </c>
+      <c r="D62" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E62" t="s">
         <v>214</v>
       </c>
       <c r="G62">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H62" t="s">
         <v>14</v>
       </c>
       <c r="I62" t="s">
         <v>215</v>
       </c>
       <c r="J62" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
         <v>63</v>
       </c>
       <c r="B63" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>191</v>
+        <v>117</v>
       </c>
       <c r="E63" t="s">
         <v>217</v>
       </c>
       <c r="G63">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="H63" t="s">
         <v>14</v>
       </c>
       <c r="I63" t="s">
         <v>218</v>
       </c>
       <c r="J63" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
         <v>64</v>
       </c>
       <c r="B64" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>53</v>
+        <v>117</v>
       </c>
       <c r="E64" t="s">
         <v>220</v>
       </c>
       <c r="G64">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="H64" t="s">
         <v>14</v>
+      </c>
+      <c r="I64" t="s">
+        <v>221</v>
+      </c>
+      <c r="J64" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
         <v>65</v>
       </c>
       <c r="B65" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
-        <v>140</v>
+        <v>188</v>
       </c>
       <c r="E65" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G65">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="H65" t="s">
         <v>14</v>
+      </c>
+      <c r="I65" t="s">
+        <v>224</v>
+      </c>
+      <c r="J65" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
-        <v>140</v>
+        <v>226</v>
       </c>
       <c r="E66" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="G66">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="H66" t="s">
         <v>14</v>
       </c>
       <c r="I66" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="J66" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
         <v>67</v>
       </c>
       <c r="B67" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E67" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="G67">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="H67" t="s">
         <v>14</v>
       </c>
       <c r="I67" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="J67" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
         <v>68</v>
       </c>
       <c r="B68" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E68" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="G68">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="H68" t="s">
         <v>14</v>
       </c>
       <c r="I68" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="J68" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
         <v>69</v>
       </c>
       <c r="B69" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
-        <v>231</v>
+        <v>30</v>
       </c>
       <c r="E69" t="s">
-        <v>232</v>
+        <v>31</v>
+      </c>
+      <c r="F69" t="s">
+        <v>236</v>
       </c>
       <c r="G69">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="H69" t="s">
         <v>14</v>
       </c>
       <c r="I69" t="s">
-        <v>233</v>
+        <v>33</v>
       </c>
       <c r="J69" t="s">
-        <v>234</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
         <v>70</v>
       </c>
       <c r="B70" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C70" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>209</v>
+        <v>130</v>
       </c>
       <c r="E70" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G70">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="H70" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I70" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J70" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
         <v>71</v>
       </c>
       <c r="B71" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E71" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G71">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H71" t="s">
-        <v>158</v>
-[...5 lines deleted...]
-        <v>242</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
         <v>72</v>
       </c>
       <c r="B72" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E72" t="s">
+        <v>242</v>
+      </c>
+      <c r="G72">
+        <v>5</v>
+      </c>
+      <c r="H72" t="s">
+        <v>14</v>
+      </c>
+      <c r="I72" t="s">
         <v>243</v>
       </c>
-      <c r="G72">
-[...5 lines deleted...]
-      <c r="I72" t="s">
+      <c r="J72" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
         <v>73</v>
       </c>
       <c r="B73" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="E73" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="G73">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="H73" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>248</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
         <v>74</v>
       </c>
       <c r="B74" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>44</v>
+        <v>246</v>
       </c>
       <c r="E74" t="s">
+        <v>247</v>
+      </c>
+      <c r="G74">
+        <v>10</v>
+      </c>
+      <c r="H74" t="s">
+        <v>14</v>
+      </c>
+      <c r="I74" t="s">
+        <v>248</v>
+      </c>
+      <c r="J74" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
         <v>75</v>
       </c>
       <c r="B75" t="s">
+        <v>211</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>250</v>
+      </c>
+      <c r="E75" t="s">
+        <v>251</v>
+      </c>
+      <c r="G75">
+        <v>58</v>
+      </c>
+      <c r="H75" t="s">
+        <v>14</v>
+      </c>
+      <c r="I75" t="s">
         <v>252</v>
       </c>
-      <c r="C75" t="s">
+      <c r="J75" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
         <v>76</v>
       </c>
       <c r="B76" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
-        <v>239</v>
+        <v>67</v>
       </c>
       <c r="E76" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="G76">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="H76" t="s">
         <v>14</v>
       </c>
       <c r="I76" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J76" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
         <v>77</v>
       </c>
       <c r="B77" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E77" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="G77">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="H77" t="s">
         <v>14</v>
       </c>
       <c r="I77" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="J77" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
         <v>78</v>
       </c>
       <c r="B78" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
-        <v>191</v>
+        <v>39</v>
       </c>
       <c r="E78" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G78">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H78" t="s">
         <v>14</v>
       </c>
       <c r="I78" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="J78" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
         <v>79</v>
       </c>
       <c r="B79" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>267</v>
+        <v>39</v>
       </c>
       <c r="E79" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="G79">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="H79" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
         <v>80</v>
       </c>
       <c r="B80" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>132</v>
+        <v>39</v>
       </c>
       <c r="E80" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="G80">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="H80" t="s">
         <v>14</v>
       </c>
       <c r="I80" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="J80" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
         <v>81</v>
       </c>
       <c r="B81" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>132</v>
+        <v>39</v>
       </c>
       <c r="E81" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="G81">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="H81" t="s">
         <v>14</v>
+      </c>
+      <c r="I81" t="s">
+        <v>268</v>
+      </c>
+      <c r="J81" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
         <v>82</v>
       </c>
       <c r="B82" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="G82">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="H82" t="s">
         <v>14</v>
       </c>
       <c r="I82" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="J82" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
         <v>83</v>
       </c>
       <c r="B83" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
+        <v>39</v>
+      </c>
+      <c r="E83" t="s">
+        <v>273</v>
+      </c>
+      <c r="G83">
         <v>57</v>
       </c>
-      <c r="E83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H83" t="s">
         <v>14</v>
       </c>
       <c r="I83" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J83" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
         <v>84</v>
       </c>
       <c r="B84" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E84" t="s">
-        <v>279</v>
+        <v>276</v>
+      </c>
+      <c r="F84" t="s">
+        <v>236</v>
       </c>
       <c r="G84">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="H84" t="s">
         <v>14</v>
+      </c>
+      <c r="I84" t="s">
+        <v>277</v>
+      </c>
+      <c r="J84" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
         <v>85</v>
       </c>
       <c r="B85" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>57</v>
+        <v>279</v>
       </c>
       <c r="E85" t="s">
         <v>280</v>
       </c>
       <c r="G85">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>14</v>
       </c>
-      <c r="I85" t="s">
+      <c r="J85" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86">
         <v>86</v>
       </c>
       <c r="B86" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
-        <v>57</v>
+        <v>279</v>
       </c>
       <c r="E86" t="s">
+        <v>282</v>
+      </c>
+      <c r="G86">
+        <v>40</v>
+      </c>
+      <c r="H86" t="s">
+        <v>14</v>
+      </c>
+      <c r="I86" t="s">
         <v>283</v>
       </c>
-      <c r="G86">
-[...5 lines deleted...]
-      <c r="I86" t="s">
+      <c r="J86" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87">
         <v>87</v>
       </c>
       <c r="B87" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>57</v>
+        <v>279</v>
       </c>
       <c r="E87" t="s">
         <v>285</v>
       </c>
-      <c r="F87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="H87" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88">
         <v>88</v>
       </c>
       <c r="B88" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E88" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="G88">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89">
         <v>89</v>
       </c>
       <c r="B89" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
+        <v>198</v>
+      </c>
+      <c r="E89" t="s">
+        <v>287</v>
+      </c>
+      <c r="G89">
+        <v>32</v>
+      </c>
+      <c r="H89" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" t="s">
+        <v>288</v>
+      </c>
+      <c r="J89" t="s">
         <v>289</v>
-      </c>
-[...13 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90">
         <v>90</v>
       </c>
       <c r="B90" t="s">
-        <v>252</v>
+        <v>290</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D90" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E90" t="s">
+        <v>292</v>
+      </c>
+      <c r="G90">
+        <v>3</v>
+      </c>
+      <c r="H90" t="s">
+        <v>91</v>
+      </c>
+      <c r="I90" t="s">
+        <v>293</v>
+      </c>
+      <c r="J90" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91">
         <v>91</v>
       </c>
       <c r="B91" t="s">
         <v>295</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
+        <v>279</v>
+      </c>
+      <c r="E91" t="s">
         <v>296</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91">
+        <v>42</v>
+      </c>
+      <c r="H91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
         <v>297</v>
       </c>
-      <c r="G91">
-[...5 lines deleted...]
-      <c r="I91" t="s">
+      <c r="J91" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92">
         <v>92</v>
       </c>
       <c r="B92" t="s">
+        <v>299</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="D92" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E92" t="s">
         <v>301</v>
       </c>
       <c r="G92">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H92" t="s">
         <v>14</v>
+      </c>
+      <c r="I92" t="s">
+        <v>302</v>
+      </c>
+      <c r="J92" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93">
         <v>93</v>
       </c>
       <c r="B93" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
-        <v>303</v>
+        <v>35</v>
       </c>
       <c r="E93" t="s">
         <v>304</v>
       </c>
       <c r="G93">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H93" t="s">
         <v>14</v>
       </c>
       <c r="I93" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="J93" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94">
         <v>94</v>
       </c>
       <c r="B94" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G94">
-        <v>54</v>
+        <v>6</v>
       </c>
       <c r="H94" t="s">
         <v>14</v>
       </c>
       <c r="I94" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J94" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95">
         <v>95</v>
       </c>
       <c r="B95" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E95" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G95">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="H95" t="s">
         <v>14</v>
       </c>
       <c r="I95" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J95" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96">
         <v>96</v>
       </c>
       <c r="B96" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" t="s">
+        <v>39</v>
+      </c>
+      <c r="E96" t="s">
         <v>314</v>
       </c>
-      <c r="D96" t="s">
+      <c r="G96">
+        <v>11</v>
+      </c>
+      <c r="H96" t="s">
+        <v>14</v>
+      </c>
+      <c r="I96" t="s">
         <v>315</v>
       </c>
-      <c r="E96" t="s">
+      <c r="J96" t="s">
         <v>316</v>
-      </c>
-[...10 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97">
         <v>97</v>
       </c>
       <c r="B97" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C97" t="s">
-        <v>253</v>
+        <v>318</v>
       </c>
       <c r="D97" t="s">
         <v>319</v>
       </c>
       <c r="E97" t="s">
         <v>320</v>
       </c>
       <c r="G97">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H97" t="s">
         <v>14</v>
       </c>
       <c r="I97" t="s">
         <v>321</v>
       </c>
       <c r="J97" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98">
         <v>98</v>
       </c>
       <c r="B98" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C98" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D98" t="s">
-        <v>74</v>
+        <v>323</v>
       </c>
       <c r="E98" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G98">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="H98" t="s">
         <v>14</v>
       </c>
       <c r="I98" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J98" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99">
         <v>99</v>
       </c>
       <c r="B99" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E99" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G99">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="H99" t="s">
         <v>14</v>
       </c>
       <c r="I99" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J99" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100">
         <v>100</v>
       </c>
       <c r="B100" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
-        <v>239</v>
+        <v>327</v>
       </c>
       <c r="E100" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G100">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="H100" t="s">
         <v>14</v>
+      </c>
+      <c r="I100" t="s">
+        <v>332</v>
+      </c>
+      <c r="J100" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101">
         <v>101</v>
       </c>
       <c r="B101" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
-        <v>49</v>
+        <v>334</v>
       </c>
       <c r="E101" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="G101">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="H101" t="s">
         <v>14</v>
       </c>
       <c r="I101" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="J101" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102">
         <v>102</v>
       </c>
       <c r="B102" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="E102" t="s">
-        <v>334</v>
+        <v>338</v>
+      </c>
+      <c r="F102" t="s">
+        <v>339</v>
       </c>
       <c r="G102">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="H102" t="s">
         <v>14</v>
       </c>
       <c r="I102" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="J102" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103">
         <v>103</v>
       </c>
       <c r="B103" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
-        <v>49</v>
+        <v>188</v>
       </c>
       <c r="E103" t="s">
-        <v>337</v>
+        <v>342</v>
+      </c>
+      <c r="F103" t="s">
+        <v>343</v>
       </c>
       <c r="G103">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H103" t="s">
         <v>14</v>
       </c>
       <c r="I103" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="J103" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104">
         <v>104</v>
       </c>
       <c r="B104" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="E104" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="G104">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="H104" t="s">
         <v>14</v>
       </c>
       <c r="I104" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="J104" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105">
         <v>105</v>
       </c>
       <c r="B105" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="E105" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G105">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H105" t="s">
         <v>14</v>
       </c>
       <c r="I105" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="J105" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106">
         <v>106</v>
       </c>
       <c r="B106" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>346</v>
+        <v>22</v>
       </c>
       <c r="E106" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="G106">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>14</v>
       </c>
       <c r="I106" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="J106" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107">
         <v>107</v>
       </c>
       <c r="B107" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="E107" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="G107">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="H107" t="s">
         <v>14</v>
       </c>
       <c r="I107" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="J107" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108">
         <v>108</v>
       </c>
       <c r="B108" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="E108" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="G108">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="H108" t="s">
         <v>14</v>
       </c>
       <c r="I108" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="J108" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109">
         <v>109</v>
       </c>
       <c r="B109" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="E109" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="G109">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="H109" t="s">
         <v>14</v>
+      </c>
+      <c r="I109" t="s">
+        <v>362</v>
+      </c>
+      <c r="J109" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110">
         <v>110</v>
       </c>
       <c r="B110" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="E110" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="G110">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H110" t="s">
         <v>14</v>
+      </c>
+      <c r="I110" t="s">
+        <v>365</v>
+      </c>
+      <c r="J110" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111">
         <v>111</v>
       </c>
       <c r="B111" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="E111" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="G111">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="H111" t="s">
         <v>14</v>
       </c>
       <c r="I111" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="J111" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112">
         <v>112</v>
       </c>
       <c r="B112" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>57</v>
+        <v>370</v>
       </c>
       <c r="E112" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="G112">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H112" t="s">
         <v>14</v>
       </c>
       <c r="I112" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="J112" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113">
         <v>113</v>
       </c>
       <c r="B113" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>57</v>
+        <v>240</v>
       </c>
       <c r="E113" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="G113">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H113" t="s">
         <v>14</v>
       </c>
       <c r="I113" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="J113" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114">
         <v>114</v>
       </c>
       <c r="B114" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
-        <v>57</v>
+        <v>377</v>
       </c>
       <c r="E114" t="s">
-        <v>367</v>
+        <v>378</v>
       </c>
       <c r="G114">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H114" t="s">
         <v>14</v>
       </c>
       <c r="I114" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="J114" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115">
         <v>115</v>
       </c>
       <c r="B115" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E115" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="G115">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="H115" t="s">
         <v>14</v>
       </c>
       <c r="I115" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="J115" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116">
         <v>116</v>
       </c>
       <c r="B116" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E116" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="G116">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="H116" t="s">
         <v>14</v>
       </c>
       <c r="I116" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="J116" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117">
         <v>117</v>
       </c>
       <c r="B117" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="E117" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="G117">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H117" t="s">
         <v>14</v>
       </c>
       <c r="I117" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="J117" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118">
         <v>118</v>
       </c>
       <c r="B118" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="E118" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
       <c r="G118">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>14</v>
       </c>
       <c r="I118" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="J118" t="s">
-        <v>381</v>
+        <v>392</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119">
         <v>119</v>
       </c>
       <c r="B119" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="E119" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="G119">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="H119" t="s">
         <v>14</v>
       </c>
       <c r="I119" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
       <c r="J119" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120">
         <v>120</v>
       </c>
       <c r="B120" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="E120" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="G120">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="H120" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121">
         <v>121</v>
       </c>
       <c r="B121" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="E121" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="G121">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="H121" t="s">
         <v>14</v>
       </c>
       <c r="I121" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="J121" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122">
         <v>122</v>
       </c>
       <c r="B122" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="E122" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="G122">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="H122" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123">
         <v>123</v>
       </c>
       <c r="B123" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E123" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="G123">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="H123" t="s">
         <v>14</v>
       </c>
       <c r="I123" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="J123" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124">
         <v>124</v>
       </c>
       <c r="B124" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C124" t="s">
-        <v>253</v>
+        <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>319</v>
+        <v>39</v>
       </c>
       <c r="E124" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="G124">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="H124" t="s">
-        <v>35</v>
+        <v>14</v>
+      </c>
+      <c r="I124" t="s">
+        <v>405</v>
+      </c>
+      <c r="J124" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125">
         <v>125</v>
       </c>
       <c r="B125" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C125" t="s">
-        <v>253</v>
+        <v>11</v>
       </c>
       <c r="D125" t="s">
-        <v>399</v>
+        <v>39</v>
       </c>
       <c r="E125" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="G125">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H125" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I125" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="J125" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126">
         <v>126</v>
       </c>
       <c r="B126" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E126" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="G126">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="H126" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I126" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="J126" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127">
         <v>127</v>
       </c>
       <c r="B127" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E127" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="G127">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H127" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I127" t="s">
+        <v>414</v>
+      </c>
+      <c r="J127" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128">
         <v>128</v>
       </c>
       <c r="B128" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>132</v>
+        <v>39</v>
       </c>
       <c r="E128" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="G128">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H128" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I128" t="s">
+        <v>417</v>
+      </c>
+      <c r="J128" t="s">
+        <v>418</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129">
         <v>129</v>
       </c>
       <c r="B129" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="E129" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
       <c r="G129">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="H129" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I129" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="J129" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130">
         <v>130</v>
       </c>
       <c r="B130" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
-        <v>140</v>
+        <v>39</v>
       </c>
       <c r="E130" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="G130">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="H130" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I130" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="J130" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131">
         <v>131</v>
       </c>
       <c r="B131" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E131" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="G131">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="H131" t="s">
         <v>14</v>
       </c>
       <c r="I131" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="J131" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132">
         <v>132</v>
       </c>
       <c r="B132" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E132" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="G132">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="H132" t="s">
         <v>14</v>
       </c>
       <c r="I132" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="J132" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133">
         <v>133</v>
       </c>
       <c r="B133" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
-        <v>191</v>
+        <v>279</v>
       </c>
       <c r="E133" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G133">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H133" t="s">
         <v>14</v>
+      </c>
+      <c r="I133" t="s">
+        <v>432</v>
+      </c>
+      <c r="J133" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134">
         <v>134</v>
       </c>
       <c r="B134" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
-        <v>191</v>
+        <v>279</v>
       </c>
       <c r="E134" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="G134">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H134" t="s">
         <v>14</v>
       </c>
       <c r="I134" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="J134" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135">
         <v>135</v>
       </c>
       <c r="B135" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
-        <v>191</v>
+        <v>279</v>
       </c>
       <c r="E135" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="G135">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="H135" t="s">
         <v>14</v>
       </c>
       <c r="I135" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="J135" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136">
         <v>136</v>
       </c>
       <c r="B136" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="E136" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="G136">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="H136" t="s">
         <v>14</v>
       </c>
       <c r="I136" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="J136" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137">
         <v>137</v>
       </c>
       <c r="B137" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
-        <v>132</v>
+        <v>198</v>
       </c>
       <c r="E137" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="G137">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="H137" t="s">
         <v>14</v>
+      </c>
+      <c r="I137" t="s">
+        <v>444</v>
+      </c>
+      <c r="J137" t="s">
+        <v>445</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138">
         <v>138</v>
       </c>
       <c r="B138" t="s">
-        <v>414</v>
+        <v>317</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
-        <v>88</v>
+        <v>198</v>
       </c>
       <c r="E138" t="s">
-        <v>432</v>
+        <v>446</v>
       </c>
       <c r="G138">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H138" t="s">
         <v>14</v>
       </c>
       <c r="I138" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
       <c r="J138" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139">
         <v>139</v>
       </c>
       <c r="B139" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C139" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D139" t="s">
-        <v>53</v>
+        <v>323</v>
       </c>
       <c r="E139" t="s">
-        <v>435</v>
+        <v>450</v>
       </c>
       <c r="G139">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="H139" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="I139" t="s">
-        <v>436</v>
+        <v>451</v>
+      </c>
+      <c r="J139" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140">
         <v>140</v>
       </c>
       <c r="B140" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C140" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D140" t="s">
-        <v>53</v>
+        <v>453</v>
       </c>
       <c r="E140" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="G140">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="H140" t="s">
-        <v>14</v>
+        <v>91</v>
+      </c>
+      <c r="I140" t="s">
+        <v>455</v>
+      </c>
+      <c r="J140" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141">
         <v>141</v>
       </c>
       <c r="B141" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="E141" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
       <c r="G141">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="H141" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I141" t="s">
-        <v>439</v>
+        <v>458</v>
       </c>
       <c r="J141" t="s">
-        <v>440</v>
+        <v>459</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142">
         <v>142</v>
       </c>
       <c r="B142" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="E142" t="s">
-        <v>441</v>
+        <v>460</v>
       </c>
       <c r="G142">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="H142" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I142" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
       <c r="J142" t="s">
-        <v>443</v>
+        <v>462</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143">
         <v>143</v>
       </c>
       <c r="B143" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
-        <v>53</v>
+        <v>130</v>
       </c>
       <c r="E143" t="s">
-        <v>444</v>
+        <v>463</v>
       </c>
       <c r="G143">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H143" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>446</v>
+        <v>87</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144">
         <v>144</v>
       </c>
       <c r="B144" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E144" t="s">
-        <v>447</v>
+        <v>464</v>
       </c>
       <c r="G144">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H144" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145">
         <v>145</v>
       </c>
       <c r="B145" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E145" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
       <c r="G145">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H145" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I145" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
       <c r="J145" t="s">
-        <v>450</v>
+        <v>467</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146">
         <v>146</v>
       </c>
       <c r="B146" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E146" t="s">
-        <v>451</v>
+        <v>468</v>
       </c>
       <c r="G146">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="H146" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I146" t="s">
-        <v>452</v>
+        <v>469</v>
       </c>
       <c r="J146" t="s">
-        <v>453</v>
+        <v>470</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147">
         <v>147</v>
       </c>
       <c r="B147" t="s">
-        <v>414</v>
+        <v>471</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
-        <v>57</v>
+        <v>327</v>
       </c>
       <c r="E147" t="s">
-        <v>454</v>
+        <v>472</v>
       </c>
       <c r="G147">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="H147" t="s">
         <v>14</v>
       </c>
       <c r="I147" t="s">
-        <v>455</v>
+        <v>473</v>
       </c>
       <c r="J147" t="s">
-        <v>456</v>
+        <v>474</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148">
         <v>148</v>
       </c>
       <c r="B148" t="s">
-        <v>414</v>
+        <v>471</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
-        <v>44</v>
+        <v>188</v>
       </c>
       <c r="E148" t="s">
-        <v>457</v>
+        <v>475</v>
       </c>
       <c r="G148">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="H148" t="s">
         <v>14</v>
       </c>
       <c r="I148" t="s">
-        <v>458</v>
+        <v>476</v>
       </c>
       <c r="J148" t="s">
-        <v>459</v>
+        <v>477</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149">
         <v>149</v>
       </c>
       <c r="B149" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C149" t="s">
-        <v>461</v>
+        <v>11</v>
       </c>
       <c r="D149" t="s">
-        <v>462</v>
+        <v>22</v>
       </c>
       <c r="E149" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="G149">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H149" t="s">
         <v>14</v>
+      </c>
+      <c r="I149" t="s">
+        <v>479</v>
+      </c>
+      <c r="J149" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150">
         <v>150</v>
       </c>
       <c r="B150" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="E150" t="s">
-        <v>464</v>
+        <v>481</v>
       </c>
       <c r="G150">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="H150" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I150" t="s">
+        <v>482</v>
+      </c>
+      <c r="J150" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151">
         <v>151</v>
       </c>
       <c r="B151" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
-        <v>326</v>
+        <v>130</v>
       </c>
       <c r="E151" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="G151">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H151" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152">
         <v>152</v>
       </c>
       <c r="B152" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="E152" t="s">
-        <v>466</v>
+        <v>485</v>
       </c>
       <c r="G152">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H152" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I152" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="J152" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153">
         <v>153</v>
       </c>
       <c r="B153" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
-        <v>469</v>
+        <v>130</v>
       </c>
       <c r="E153" t="s">
-        <v>470</v>
+        <v>488</v>
       </c>
       <c r="G153">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="H153" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I153" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="J153" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154">
         <v>154</v>
       </c>
       <c r="B154" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="E154" t="s">
-        <v>473</v>
+        <v>491</v>
       </c>
       <c r="G154">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="H154" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I154" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="J154" t="s">
-        <v>475</v>
+        <v>493</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155">
         <v>155</v>
       </c>
       <c r="B155" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
-        <v>191</v>
+        <v>54</v>
       </c>
       <c r="E155" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="G155">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="H155" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I155" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="J155" t="s">
-        <v>478</v>
+        <v>496</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156">
         <v>156</v>
       </c>
       <c r="B156" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E156" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
       <c r="G156">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H156" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I156" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="J156" t="s">
-        <v>481</v>
+        <v>499</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157">
         <v>157</v>
       </c>
       <c r="B157" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
-        <v>88</v>
+        <v>240</v>
       </c>
       <c r="E157" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
       <c r="G157">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="H157" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I157" t="s">
-        <v>483</v>
+        <v>501</v>
       </c>
       <c r="J157" t="s">
-        <v>484</v>
+        <v>502</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158">
         <v>158</v>
       </c>
       <c r="B158" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E158" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="G158">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H158" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159">
         <v>159</v>
       </c>
       <c r="B159" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E159" t="s">
-        <v>486</v>
+        <v>504</v>
+      </c>
+      <c r="F159" t="s">
+        <v>505</v>
       </c>
       <c r="G159">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="H159" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I159" t="s">
+        <v>506</v>
+      </c>
+      <c r="J159" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160">
         <v>160</v>
       </c>
       <c r="B160" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
-        <v>231</v>
+        <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>487</v>
+        <v>508</v>
       </c>
       <c r="G160">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="H160" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I160" t="s">
-        <v>488</v>
+        <v>509</v>
       </c>
       <c r="J160" t="s">
-        <v>489</v>
+        <v>510</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161">
         <v>161</v>
       </c>
       <c r="B161" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="G161">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="H161" t="s">
         <v>14</v>
       </c>
       <c r="I161" t="s">
-        <v>493</v>
+        <v>83</v>
       </c>
       <c r="J161" t="s">
-        <v>494</v>
+        <v>83</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162">
         <v>162</v>
       </c>
       <c r="B162" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="E162" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="G162">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H162" t="s">
         <v>14</v>
+      </c>
+      <c r="I162" t="s">
+        <v>513</v>
+      </c>
+      <c r="J162" t="s">
+        <v>514</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163">
         <v>163</v>
       </c>
       <c r="B163" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="E163" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="G163">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="H163" t="s">
         <v>14</v>
+      </c>
+      <c r="I163" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164">
         <v>164</v>
       </c>
       <c r="B164" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
-        <v>191</v>
+        <v>60</v>
       </c>
       <c r="E164" t="s">
-        <v>497</v>
+        <v>517</v>
       </c>
       <c r="G164">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="H164" t="s">
         <v>14</v>
       </c>
       <c r="I164" t="s">
-        <v>498</v>
+        <v>518</v>
       </c>
       <c r="J164" t="s">
-        <v>499</v>
+        <v>519</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165">
         <v>165</v>
       </c>
       <c r="B165" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="E165" t="s">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="G165">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H165" t="s">
         <v>14</v>
       </c>
       <c r="I165" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="J165" t="s">
-        <v>502</v>
+        <v>522</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166">
         <v>166</v>
       </c>
       <c r="B166" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E166" t="s">
-        <v>503</v>
+        <v>523</v>
       </c>
       <c r="G166">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H166" t="s">
         <v>14</v>
       </c>
       <c r="I166" t="s">
-        <v>504</v>
+        <v>524</v>
       </c>
       <c r="J166" t="s">
-        <v>505</v>
+        <v>525</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167">
         <v>167</v>
       </c>
       <c r="B167" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="E167" t="s">
-        <v>506</v>
+        <v>526</v>
       </c>
       <c r="G167">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H167" t="s">
         <v>14</v>
       </c>
       <c r="I167" t="s">
-        <v>507</v>
+        <v>527</v>
       </c>
       <c r="J167" t="s">
-        <v>508</v>
+        <v>528</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168">
         <v>168</v>
       </c>
       <c r="B168" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="E168" t="s">
-        <v>509</v>
+        <v>529</v>
       </c>
       <c r="G168">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="H168" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169">
         <v>169</v>
       </c>
       <c r="B169" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="E169" t="s">
-        <v>512</v>
+        <v>530</v>
+      </c>
+      <c r="F169">
+        <v>1</v>
       </c>
       <c r="G169">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H169" t="s">
         <v>14</v>
       </c>
       <c r="I169" t="s">
-        <v>513</v>
+        <v>531</v>
       </c>
       <c r="J169" t="s">
-        <v>514</v>
+        <v>532</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170">
         <v>170</v>
       </c>
       <c r="B170" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E170" t="s">
-        <v>515</v>
+        <v>533</v>
       </c>
       <c r="G170">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="H170" t="s">
         <v>14</v>
       </c>
       <c r="I170" t="s">
-        <v>516</v>
+        <v>534</v>
       </c>
       <c r="J170" t="s">
-        <v>517</v>
+        <v>535</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171">
         <v>171</v>
       </c>
       <c r="B171" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E171" t="s">
-        <v>518</v>
+        <v>536</v>
       </c>
       <c r="G171">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="H171" t="s">
         <v>14</v>
       </c>
       <c r="I171" t="s">
-        <v>519</v>
+        <v>537</v>
+      </c>
+      <c r="J171" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172">
         <v>172</v>
       </c>
       <c r="B172" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E172" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="G172">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H172" t="s">
         <v>14</v>
+      </c>
+      <c r="I172" t="s">
+        <v>540</v>
+      </c>
+      <c r="J172" t="s">
+        <v>541</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173">
         <v>173</v>
       </c>
       <c r="B173" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
+        <v>39</v>
+      </c>
+      <c r="E173" t="s">
+        <v>542</v>
+      </c>
+      <c r="G173">
         <v>57</v>
       </c>
-      <c r="E173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H173" t="s">
         <v>14</v>
       </c>
       <c r="I173" t="s">
-        <v>522</v>
+        <v>543</v>
       </c>
       <c r="J173" t="s">
-        <v>523</v>
+        <v>544</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174">
         <v>174</v>
       </c>
       <c r="B174" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E174" t="s">
-        <v>524</v>
+        <v>545</v>
       </c>
       <c r="G174">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="H174" t="s">
         <v>14</v>
+      </c>
+      <c r="I174" t="s">
+        <v>546</v>
+      </c>
+      <c r="J174" t="s">
+        <v>547</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175">
         <v>175</v>
       </c>
       <c r="B175" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
-        <v>289</v>
+        <v>39</v>
       </c>
       <c r="E175" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
       <c r="G175">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H175" t="s">
         <v>14</v>
       </c>
       <c r="I175" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
       <c r="J175" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176">
         <v>176</v>
       </c>
       <c r="B176" t="s">
-        <v>528</v>
+        <v>471</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E176" t="s">
-        <v>529</v>
+        <v>551</v>
       </c>
       <c r="G176">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H176" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I176" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
       <c r="J176" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177">
         <v>177</v>
       </c>
       <c r="B177" t="s">
-        <v>528</v>
+        <v>471</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
-        <v>326</v>
+        <v>279</v>
       </c>
       <c r="E177" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="G177">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="H177" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I177" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="J177" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178">
         <v>178</v>
       </c>
       <c r="B178" t="s">
-        <v>535</v>
+        <v>471</v>
       </c>
       <c r="C178" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D178" t="s">
-        <v>209</v>
+        <v>279</v>
       </c>
       <c r="E178" t="s">
-        <v>536</v>
+        <v>557</v>
       </c>
       <c r="G178">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H178" t="s">
         <v>14</v>
       </c>
       <c r="I178" t="s">
-        <v>537</v>
+        <v>558</v>
       </c>
       <c r="J178" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179">
         <v>179</v>
       </c>
       <c r="B179" t="s">
-        <v>535</v>
+        <v>560</v>
       </c>
       <c r="C179" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="D179" t="s">
-        <v>209</v>
+        <v>562</v>
       </c>
       <c r="E179" t="s">
-        <v>539</v>
+        <v>563</v>
       </c>
       <c r="G179">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="H179" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180">
         <v>180</v>
       </c>
       <c r="B180" t="s">
-        <v>535</v>
+        <v>560</v>
       </c>
       <c r="C180" t="s">
-        <v>461</v>
+        <v>11</v>
       </c>
       <c r="D180" t="s">
-        <v>462</v>
+        <v>327</v>
       </c>
       <c r="E180" t="s">
-        <v>542</v>
+        <v>564</v>
       </c>
       <c r="G180">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H180" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I180" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
       <c r="J180" t="s">
-        <v>544</v>
+        <v>566</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181">
         <v>181</v>
       </c>
       <c r="B181" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
-        <v>127</v>
+        <v>334</v>
       </c>
       <c r="E181" t="s">
-        <v>546</v>
+        <v>567</v>
       </c>
       <c r="G181">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="H181" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>548</v>
+        <v>87</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182">
         <v>182</v>
       </c>
       <c r="B182" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
-        <v>550</v>
+        <v>226</v>
       </c>
       <c r="E182" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="G182">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H182" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I182" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
       <c r="J182" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183">
         <v>183</v>
       </c>
       <c r="B183" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="E183" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="G183">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="H183" t="s">
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="I183" t="s">
+        <v>572</v>
+      </c>
+      <c r="J183" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184">
         <v>184</v>
       </c>
       <c r="B184" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="E184" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="G184">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="H184" t="s">
-        <v>14</v>
+        <v>91</v>
+      </c>
+      <c r="I184" t="s">
+        <v>575</v>
+      </c>
+      <c r="J184" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185">
         <v>185</v>
       </c>
       <c r="B185" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C185" t="s">
         <v>11</v>
       </c>
       <c r="D185" t="s">
-        <v>556</v>
+        <v>56</v>
       </c>
       <c r="E185" t="s">
-        <v>557</v>
+        <v>577</v>
       </c>
       <c r="G185">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="H185" t="s">
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="I185" t="s">
+        <v>578</v>
+      </c>
+      <c r="J185" t="s">
+        <v>579</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186">
         <v>186</v>
       </c>
       <c r="B186" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C186" t="s">
         <v>11</v>
       </c>
       <c r="D186" t="s">
-        <v>57</v>
+        <v>377</v>
       </c>
       <c r="E186" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
       <c r="G186">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="H186" t="s">
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="I186" t="s">
+        <v>581</v>
+      </c>
+      <c r="J186" t="s">
+        <v>582</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187">
         <v>187</v>
       </c>
       <c r="B187" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
-        <v>326</v>
+        <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>560</v>
+        <v>583</v>
       </c>
       <c r="G187">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="H187" t="s">
-        <v>158</v>
+        <v>91</v>
+      </c>
+      <c r="I187" t="s">
+        <v>584</v>
+      </c>
+      <c r="J187" t="s">
+        <v>585</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188">
         <v>188</v>
       </c>
       <c r="B188" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="E188" t="s">
-        <v>561</v>
+        <v>586</v>
       </c>
       <c r="G188">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="H188" t="s">
-        <v>158</v>
+        <v>87</v>
       </c>
       <c r="I188" t="s">
-        <v>562</v>
+        <v>587</v>
       </c>
       <c r="J188" t="s">
-        <v>563</v>
+        <v>588</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189">
         <v>189</v>
       </c>
       <c r="B189" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
-        <v>127</v>
+        <v>39</v>
       </c>
       <c r="E189" t="s">
-        <v>564</v>
+        <v>589</v>
       </c>
       <c r="G189">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="H189" t="s">
-        <v>158</v>
+        <v>87</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190">
         <v>190</v>
       </c>
       <c r="B190" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="C190" t="s">
         <v>11</v>
       </c>
       <c r="D190" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="E190" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
       <c r="G190">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H190" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="I190" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="J190" t="s">
-        <v>568</v>
+        <v>592</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191">
         <v>191</v>
       </c>
       <c r="B191" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="C191" t="s">
-        <v>11</v>
+        <v>594</v>
       </c>
       <c r="D191" t="s">
-        <v>296</v>
+        <v>595</v>
       </c>
       <c r="E191" t="s">
-        <v>570</v>
+        <v>596</v>
       </c>
       <c r="G191">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H191" t="s">
         <v>14</v>
       </c>
       <c r="I191" t="s">
-        <v>571</v>
+        <v>597</v>
       </c>
       <c r="J191" t="s">
-        <v>572</v>
+        <v>598</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192">
         <v>192</v>
       </c>
       <c r="B192" t="s">
-        <v>573</v>
+        <v>599</v>
       </c>
       <c r="C192" t="s">
-        <v>23</v>
+        <v>212</v>
       </c>
       <c r="D192" t="s">
-        <v>209</v>
+        <v>323</v>
       </c>
       <c r="E192" t="s">
-        <v>574</v>
+        <v>600</v>
       </c>
       <c r="G192">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="H192" t="s">
         <v>14</v>
       </c>
       <c r="I192" t="s">
-        <v>575</v>
+        <v>601</v>
       </c>
       <c r="J192" t="s">
-        <v>576</v>
+        <v>602</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193">
         <v>193</v>
       </c>
       <c r="B193" t="s">
-        <v>577</v>
+        <v>599</v>
       </c>
       <c r="C193" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D193" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="E193" t="s">
-        <v>578</v>
+        <v>603</v>
+      </c>
+      <c r="F193" t="s">
+        <v>604</v>
       </c>
       <c r="G193">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H193" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I193" t="s">
-        <v>579</v>
+        <v>605</v>
       </c>
       <c r="J193" t="s">
-        <v>580</v>
+        <v>606</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194">
         <v>194</v>
       </c>
       <c r="B194" t="s">
-        <v>577</v>
+        <v>599</v>
       </c>
       <c r="C194" t="s">
-        <v>253</v>
+        <v>11</v>
       </c>
       <c r="D194" t="s">
-        <v>254</v>
+        <v>22</v>
       </c>
       <c r="E194" t="s">
-        <v>581</v>
+        <v>607</v>
       </c>
       <c r="G194">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="H194" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I194" t="s">
-        <v>582</v>
+        <v>608</v>
       </c>
       <c r="J194" t="s">
-        <v>583</v>
+        <v>609</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195">
         <v>195</v>
       </c>
       <c r="B195" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="C195" t="s">
         <v>11</v>
       </c>
       <c r="D195" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E195" t="s">
-        <v>585</v>
+        <v>610</v>
       </c>
       <c r="G195">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="H195" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196">
         <v>196</v>
       </c>
       <c r="B196" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="C196" t="s">
         <v>11</v>
       </c>
       <c r="D196" t="s">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="E196" t="s">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="G196">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="H196" t="s">
         <v>14</v>
       </c>
       <c r="I196" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="J196" t="s">
-        <v>591</v>
+        <v>613</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197">
         <v>197</v>
       </c>
       <c r="B197" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
-        <v>550</v>
+        <v>22</v>
       </c>
       <c r="E197" t="s">
-        <v>593</v>
+        <v>614</v>
       </c>
       <c r="G197">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H197" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198">
         <v>198</v>
       </c>
       <c r="B198" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="E198" t="s">
-        <v>597</v>
+        <v>176</v>
       </c>
       <c r="G198">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H198" t="s">
         <v>14</v>
       </c>
       <c r="I198" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="J198" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199">
         <v>199</v>
       </c>
       <c r="B199" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199" t="s">
-        <v>127</v>
+        <v>300</v>
       </c>
       <c r="E199" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
       <c r="G199">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H199" t="s">
         <v>14</v>
       </c>
       <c r="I199" t="s">
-        <v>602</v>
+        <v>618</v>
       </c>
       <c r="J199" t="s">
-        <v>603</v>
+        <v>619</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200">
         <v>200</v>
       </c>
       <c r="B200" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="E200" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="G200">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H200" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I200" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="J200" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201">
         <v>201</v>
       </c>
       <c r="B201" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="C201" t="s">
         <v>11</v>
       </c>
       <c r="D201" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="E201" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="G201">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="H201" t="s">
         <v>14</v>
       </c>
       <c r="I201" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="J201" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202">
         <v>202</v>
       </c>
       <c r="B202" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
-        <v>303</v>
+        <v>240</v>
       </c>
       <c r="E202" t="s">
-        <v>613</v>
+        <v>626</v>
       </c>
       <c r="G202">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H202" t="s">
-        <v>158</v>
-[...5 lines deleted...]
-        <v>615</v>
+        <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203">
         <v>203</v>
       </c>
       <c r="B203" t="s">
-        <v>616</v>
+        <v>599</v>
       </c>
       <c r="C203" t="s">
         <v>11</v>
       </c>
       <c r="D203" t="s">
-        <v>88</v>
+        <v>377</v>
       </c>
       <c r="E203" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="G203">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="H203" t="s">
         <v>14</v>
       </c>
       <c r="I203" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="J203" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204">
         <v>204</v>
       </c>
       <c r="B204" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
       <c r="C204" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D204" t="s">
-        <v>209</v>
+        <v>630</v>
       </c>
       <c r="E204" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="G204">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="H204" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I204" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="J204" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205">
         <v>205</v>
       </c>
       <c r="B205" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="C205" t="s">
         <v>11</v>
       </c>
       <c r="D205" t="s">
-        <v>57</v>
+        <v>630</v>
       </c>
       <c r="E205" t="s">
-        <v>65</v>
+        <v>634</v>
       </c>
       <c r="G205">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H205" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I205" t="s">
-        <v>66</v>
+        <v>635</v>
       </c>
       <c r="J205" t="s">
-        <v>67</v>
+        <v>636</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206">
         <v>206</v>
       </c>
       <c r="B206" t="s">
-        <v>625</v>
+        <v>599</v>
       </c>
       <c r="C206" t="s">
         <v>11</v>
       </c>
       <c r="D206" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="E206" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="G206">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="H206" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I206" t="s">
+        <v>638</v>
       </c>
       <c r="J206" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207">
         <v>207</v>
       </c>
       <c r="B207" t="s">
-        <v>628</v>
+        <v>599</v>
       </c>
       <c r="C207" t="s">
         <v>11</v>
       </c>
       <c r="D207" t="s">
-        <v>57</v>
+        <v>250</v>
       </c>
       <c r="E207" t="s">
-        <v>148</v>
+        <v>640</v>
       </c>
       <c r="G207">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H207" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208">
         <v>208</v>
       </c>
       <c r="B208" t="s">
-        <v>629</v>
+        <v>599</v>
       </c>
       <c r="C208" t="s">
         <v>11</v>
       </c>
       <c r="D208" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="E208" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="G208">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H208" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I208" t="s">
+        <v>642</v>
+      </c>
+      <c r="J208" t="s">
+        <v>643</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209">
         <v>209</v>
       </c>
       <c r="B209" t="s">
-        <v>629</v>
+        <v>599</v>
       </c>
       <c r="C209" t="s">
         <v>11</v>
       </c>
       <c r="D209" t="s">
-        <v>289</v>
+        <v>35</v>
       </c>
       <c r="E209" t="s">
-        <v>631</v>
+        <v>644</v>
       </c>
       <c r="G209">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="H209" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I209" t="s">
-        <v>632</v>
+        <v>645</v>
       </c>
       <c r="J209" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210">
         <v>210</v>
       </c>
       <c r="B210" t="s">
-        <v>634</v>
+        <v>599</v>
       </c>
       <c r="C210" t="s">
         <v>11</v>
       </c>
       <c r="D210" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E210" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>647</v>
       </c>
       <c r="G210">
         <v>35</v>
       </c>
       <c r="H210" t="s">
         <v>14</v>
+      </c>
+      <c r="I210" t="s">
+        <v>648</v>
+      </c>
+      <c r="J210" t="s">
+        <v>649</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211">
         <v>211</v>
       </c>
       <c r="B211" t="s">
-        <v>635</v>
+        <v>599</v>
       </c>
       <c r="C211" t="s">
         <v>11</v>
       </c>
       <c r="D211" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="E211" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="G211">
-        <v>6</v>
+        <v>71</v>
       </c>
       <c r="H211" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I211" t="s">
+        <v>651</v>
+      </c>
+      <c r="J211" t="s">
+        <v>652</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212">
         <v>212</v>
       </c>
       <c r="B212" t="s">
-        <v>635</v>
+        <v>599</v>
       </c>
       <c r="C212" t="s">
         <v>11</v>
       </c>
       <c r="D212" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E212" t="s">
-        <v>161</v>
+        <v>653</v>
       </c>
       <c r="G212">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="H212" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="I212" t="s">
-        <v>162</v>
+        <v>654</v>
       </c>
       <c r="J212" t="s">
-        <v>163</v>
+        <v>655</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213">
         <v>213</v>
       </c>
       <c r="B213" t="s">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="C213" t="s">
         <v>11</v>
       </c>
       <c r="D213" t="s">
-        <v>556</v>
+        <v>39</v>
       </c>
       <c r="E213" t="s">
-        <v>638</v>
+        <v>656</v>
       </c>
       <c r="G213">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="H213" t="s">
         <v>14</v>
       </c>
       <c r="I213" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>657</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214">
         <v>214</v>
       </c>
       <c r="B214" t="s">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="C214" t="s">
         <v>11</v>
       </c>
       <c r="D214" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="E214" t="s">
-        <v>353</v>
+        <v>658</v>
       </c>
       <c r="G214">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="H214" t="s">
         <v>14</v>
+      </c>
+      <c r="I214" t="s">
+        <v>659</v>
+      </c>
+      <c r="J214" t="s">
+        <v>660</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215">
         <v>215</v>
       </c>
       <c r="B215" t="s">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="C215" t="s">
         <v>11</v>
       </c>
       <c r="D215" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="E215" t="s">
-        <v>353</v>
+        <v>661</v>
       </c>
       <c r="G215">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H215" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216">
         <v>216</v>
       </c>
       <c r="B216" t="s">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E216" t="s">
-        <v>385</v>
+        <v>662</v>
       </c>
       <c r="G216">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="H216" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217">
         <v>217</v>
       </c>
       <c r="B217" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
-        <v>326</v>
+        <v>279</v>
       </c>
       <c r="E217" t="s">
-        <v>465</v>
+        <v>663</v>
       </c>
       <c r="G217">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="H217" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I217" t="s">
+        <v>664</v>
+      </c>
+      <c r="J217" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218">
         <v>218</v>
       </c>
       <c r="B218" t="s">
-        <v>642</v>
+        <v>666</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
-        <v>57</v>
+        <v>327</v>
       </c>
       <c r="E218" t="s">
-        <v>283</v>
+        <v>667</v>
       </c>
       <c r="G218">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="H218" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I218" t="s">
-        <v>643</v>
+        <v>668</v>
       </c>
       <c r="J218" t="s">
-        <v>644</v>
+        <v>669</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219">
         <v>219</v>
       </c>
       <c r="B219" t="s">
-        <v>645</v>
+        <v>666</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
-        <v>646</v>
+        <v>334</v>
       </c>
       <c r="E219" t="s">
-        <v>647</v>
+        <v>670</v>
       </c>
       <c r="G219">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H219" t="s">
-        <v>158</v>
+        <v>87</v>
       </c>
       <c r="I219" t="s">
-        <v>648</v>
+        <v>671</v>
       </c>
       <c r="J219" t="s">
-        <v>649</v>
+        <v>672</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220">
         <v>220</v>
       </c>
       <c r="B220" t="s">
-        <v>650</v>
+        <v>666</v>
       </c>
       <c r="C220" t="s">
         <v>11</v>
       </c>
       <c r="D220" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="E220" t="s">
-        <v>361</v>
+        <v>673</v>
       </c>
       <c r="G220">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="H220" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I220" t="s">
-        <v>362</v>
+        <v>674</v>
       </c>
       <c r="J220" t="s">
-        <v>363</v>
+        <v>675</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221">
         <v>221</v>
       </c>
       <c r="B221" t="s">
-        <v>650</v>
+        <v>666</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221" t="s">
-        <v>57</v>
+        <v>370</v>
       </c>
       <c r="E221" t="s">
-        <v>364</v>
+        <v>676</v>
       </c>
       <c r="G221">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="H221" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I221" t="s">
-        <v>365</v>
+        <v>677</v>
       </c>
       <c r="J221" t="s">
-        <v>366</v>
+        <v>678</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222">
         <v>222</v>
       </c>
       <c r="B222" t="s">
-        <v>650</v>
+        <v>666</v>
       </c>
       <c r="C222" t="s">
         <v>11</v>
       </c>
       <c r="D222" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="E222" t="s">
-        <v>154</v>
+        <v>679</v>
       </c>
       <c r="G222">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="H222" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>652</v>
+        <v>87</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223">
         <v>223</v>
       </c>
       <c r="B223" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
       <c r="C223" t="s">
         <v>11</v>
       </c>
       <c r="D223" t="s">
-        <v>191</v>
+        <v>67</v>
       </c>
       <c r="E223" t="s">
-        <v>654</v>
+        <v>680</v>
       </c>
       <c r="G223">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H223" t="s">
-        <v>158</v>
+        <v>87</v>
+      </c>
+      <c r="I223" t="s">
+        <v>681</v>
+      </c>
+      <c r="J223" t="s">
+        <v>682</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224">
         <v>224</v>
       </c>
       <c r="B224" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="C224" t="s">
         <v>11</v>
       </c>
       <c r="D224" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E224" t="s">
-        <v>415</v>
+        <v>683</v>
+      </c>
+      <c r="F224" t="s">
+        <v>684</v>
       </c>
       <c r="G224">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="H224" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="I224" t="s">
-        <v>416</v>
+        <v>685</v>
       </c>
       <c r="J224" t="s">
-        <v>417</v>
+        <v>686</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225">
         <v>225</v>
       </c>
       <c r="B225" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="C225" t="s">
         <v>11</v>
       </c>
       <c r="D225" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E225" t="s">
-        <v>276</v>
+        <v>687</v>
       </c>
       <c r="G225">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="H225" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I225" t="s">
-        <v>656</v>
+        <v>688</v>
       </c>
       <c r="J225" t="s">
-        <v>657</v>
+        <v>689</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226">
         <v>226</v>
       </c>
       <c r="B226" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E226" t="s">
-        <v>379</v>
+        <v>690</v>
       </c>
       <c r="G226">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="H226" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="I226" t="s">
-        <v>380</v>
+        <v>691</v>
       </c>
       <c r="J226" t="s">
-        <v>381</v>
+        <v>692</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227">
         <v>227</v>
       </c>
       <c r="B227" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="C227" t="s">
-        <v>659</v>
+        <v>11</v>
       </c>
       <c r="D227" t="s">
-        <v>660</v>
+        <v>39</v>
       </c>
       <c r="E227" t="s">
-        <v>661</v>
+        <v>693</v>
       </c>
       <c r="G227">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H227" t="s">
-        <v>158</v>
+        <v>87</v>
       </c>
       <c r="I227" t="s">
-        <v>662</v>
+        <v>694</v>
       </c>
       <c r="J227" t="s">
-        <v>663</v>
+        <v>695</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228">
         <v>228</v>
       </c>
       <c r="B228" t="s">
-        <v>658</v>
+        <v>696</v>
       </c>
       <c r="C228" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="D228" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
       <c r="E228" t="s">
-        <v>473</v>
+        <v>697</v>
       </c>
       <c r="G228">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="H228" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I228" t="s">
-        <v>474</v>
+        <v>698</v>
       </c>
       <c r="J228" t="s">
-        <v>475</v>
+        <v>699</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229">
         <v>229</v>
       </c>
       <c r="B229" t="s">
-        <v>658</v>
+        <v>696</v>
       </c>
       <c r="C229" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="D229" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
       <c r="E229" t="s">
-        <v>403</v>
+        <v>700</v>
       </c>
       <c r="G229">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H229" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I229" t="s">
+        <v>701</v>
+      </c>
+      <c r="J229" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230">
         <v>230</v>
       </c>
       <c r="B230" t="s">
-        <v>658</v>
+        <v>696</v>
       </c>
       <c r="C230" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="D230" t="s">
-        <v>664</v>
+        <v>703</v>
       </c>
       <c r="E230" t="s">
-        <v>665</v>
+        <v>704</v>
       </c>
       <c r="G230">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H230" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I230" t="s">
+        <v>705</v>
+      </c>
+      <c r="J230" t="s">
+        <v>706</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231">
         <v>231</v>
       </c>
       <c r="B231" t="s">
-        <v>666</v>
+        <v>696</v>
       </c>
       <c r="C231" t="s">
-        <v>11</v>
+        <v>561</v>
       </c>
       <c r="D231" t="s">
-        <v>57</v>
+        <v>562</v>
       </c>
       <c r="E231" t="s">
-        <v>667</v>
+        <v>707</v>
       </c>
       <c r="G231">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="H231" t="s">
         <v>14</v>
       </c>
       <c r="I231" t="s">
-        <v>668</v>
+        <v>708</v>
       </c>
       <c r="J231" t="s">
-        <v>669</v>
+        <v>709</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232">
         <v>232</v>
       </c>
       <c r="B232" t="s">
-        <v>670</v>
+        <v>710</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="E232" t="s">
-        <v>512</v>
+        <v>711</v>
       </c>
       <c r="G232">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="H232" t="s">
         <v>14</v>
       </c>
       <c r="I232" t="s">
-        <v>513</v>
+        <v>712</v>
       </c>
       <c r="J232" t="s">
-        <v>514</v>
+        <v>713</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233">
         <v>233</v>
       </c>
       <c r="B233" t="s">
-        <v>671</v>
+        <v>714</v>
       </c>
       <c r="C233" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D233" t="s">
-        <v>132</v>
+        <v>323</v>
       </c>
       <c r="E233" t="s">
-        <v>407</v>
+        <v>715</v>
+      </c>
+      <c r="F233" t="s">
+        <v>604</v>
       </c>
       <c r="G233">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="H233" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I233" t="s">
+        <v>716</v>
+      </c>
+      <c r="J233" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234">
         <v>234</v>
       </c>
       <c r="B234" t="s">
-        <v>672</v>
+        <v>714</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="E234" t="s">
-        <v>673</v>
+        <v>718</v>
       </c>
       <c r="G234">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="H234" t="s">
         <v>14</v>
       </c>
       <c r="I234" t="s">
-        <v>674</v>
+        <v>719</v>
       </c>
       <c r="J234" t="s">
-        <v>675</v>
+        <v>720</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235">
         <v>235</v>
       </c>
       <c r="B235" t="s">
-        <v>672</v>
+        <v>714</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="E235" t="s">
-        <v>558</v>
+        <v>721</v>
       </c>
       <c r="G235">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="H235" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236">
         <v>236</v>
       </c>
       <c r="B236" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
-        <v>469</v>
+        <v>377</v>
       </c>
       <c r="E236" t="s">
-        <v>470</v>
+        <v>722</v>
       </c>
       <c r="G236">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="H236" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I236" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="J236" t="s">
-        <v>678</v>
+        <v>724</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237">
         <v>237</v>
       </c>
       <c r="B237" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
-        <v>57</v>
+        <v>250</v>
       </c>
       <c r="E237" t="s">
-        <v>148</v>
+        <v>725</v>
       </c>
       <c r="G237">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="H237" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238">
         <v>238</v>
       </c>
       <c r="B238" t="s">
-        <v>680</v>
+        <v>714</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E238" t="s">
-        <v>361</v>
+        <v>726</v>
       </c>
       <c r="G238">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="H238" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239">
         <v>239</v>
       </c>
       <c r="B239" t="s">
-        <v>681</v>
+        <v>727</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E239" t="s">
-        <v>154</v>
+        <v>728</v>
       </c>
       <c r="G239">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="H239" t="s">
         <v>14</v>
       </c>
       <c r="I239" t="s">
-        <v>651</v>
+        <v>729</v>
       </c>
       <c r="J239" t="s">
-        <v>682</v>
+        <v>730</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240">
         <v>240</v>
       </c>
       <c r="B240" t="s">
-        <v>683</v>
+        <v>731</v>
       </c>
       <c r="C240" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="D240" t="s">
-        <v>57</v>
+        <v>732</v>
       </c>
       <c r="E240" t="s">
-        <v>276</v>
+        <v>733</v>
       </c>
       <c r="G240">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="H240" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241">
         <v>241</v>
       </c>
       <c r="B241" t="s">
-        <v>684</v>
+        <v>731</v>
       </c>
       <c r="C241" t="s">
         <v>11</v>
       </c>
       <c r="D241" t="s">
-        <v>178</v>
+        <v>117</v>
       </c>
       <c r="E241" t="s">
-        <v>685</v>
+        <v>734</v>
       </c>
       <c r="G241">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="H241" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="I241" t="s">
-        <v>686</v>
+        <v>735</v>
       </c>
       <c r="J241" t="s">
-        <v>687</v>
+        <v>736</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242">
         <v>242</v>
       </c>
       <c r="B242" t="s">
-        <v>684</v>
+        <v>731</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
-        <v>326</v>
+        <v>226</v>
       </c>
       <c r="E242" t="s">
-        <v>465</v>
+        <v>737</v>
       </c>
       <c r="G242">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="H242" t="s">
-        <v>158</v>
+        <v>14</v>
+      </c>
+      <c r="I242" t="s">
+        <v>738</v>
+      </c>
+      <c r="J242" t="s">
+        <v>739</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243">
         <v>243</v>
       </c>
       <c r="B243" t="s">
-        <v>688</v>
+        <v>731</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E243" t="s">
-        <v>558</v>
+        <v>740</v>
       </c>
       <c r="G243">
-        <v>70</v>
+        <v>7</v>
       </c>
       <c r="H243" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244">
         <v>244</v>
       </c>
       <c r="B244" t="s">
-        <v>689</v>
+        <v>731</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E244" t="s">
-        <v>276</v>
+        <v>741</v>
       </c>
       <c r="G244">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H244" t="s">
         <v>14</v>
+      </c>
+      <c r="I244" t="s">
+        <v>742</v>
+      </c>
+      <c r="J244" t="s">
+        <v>743</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245">
         <v>245</v>
       </c>
       <c r="B245" t="s">
-        <v>690</v>
+        <v>731</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E245" t="s">
+        <v>744</v>
+      </c>
+      <c r="G245">
+        <v>37</v>
+      </c>
+      <c r="H245" t="s">
+        <v>14</v>
+      </c>
+      <c r="I245" t="s">
+        <v>745</v>
+      </c>
+      <c r="J245" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246">
+        <v>246</v>
+      </c>
+      <c r="B246" t="s">
+        <v>731</v>
+      </c>
+      <c r="C246" t="s">
+        <v>11</v>
+      </c>
+      <c r="D246" t="s">
+        <v>747</v>
+      </c>
+      <c r="E246" t="s">
+        <v>748</v>
+      </c>
+      <c r="G246">
+        <v>75</v>
+      </c>
+      <c r="H246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I246" t="s">
+        <v>749</v>
+      </c>
+      <c r="J246" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247">
+        <v>247</v>
+      </c>
+      <c r="B247" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" t="s">
+        <v>11</v>
+      </c>
+      <c r="D247" t="s">
+        <v>203</v>
+      </c>
+      <c r="E247" t="s">
+        <v>751</v>
+      </c>
+      <c r="G247">
+        <v>33</v>
+      </c>
+      <c r="H247" t="s">
+        <v>14</v>
+      </c>
+      <c r="I247" t="s">
+        <v>752</v>
+      </c>
+      <c r="J247" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248">
+        <v>248</v>
+      </c>
+      <c r="B248" t="s">
+        <v>754</v>
+      </c>
+      <c r="C248" t="s">
+        <v>11</v>
+      </c>
+      <c r="D248" t="s">
+        <v>334</v>
+      </c>
+      <c r="E248" t="s">
+        <v>755</v>
+      </c>
+      <c r="G248">
+        <v>36</v>
+      </c>
+      <c r="H248" t="s">
+        <v>87</v>
+      </c>
+      <c r="I248" t="s">
+        <v>756</v>
+      </c>
+      <c r="J248" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249">
+        <v>249</v>
+      </c>
+      <c r="B249" t="s">
+        <v>754</v>
+      </c>
+      <c r="C249" t="s">
+        <v>11</v>
+      </c>
+      <c r="D249" t="s">
+        <v>18</v>
+      </c>
+      <c r="E249" t="s">
+        <v>758</v>
+      </c>
+      <c r="G249">
+        <v>75</v>
+      </c>
+      <c r="H249" t="s">
+        <v>87</v>
+      </c>
+      <c r="I249" t="s">
+        <v>759</v>
+      </c>
+      <c r="J249" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250">
+        <v>250</v>
+      </c>
+      <c r="B250" t="s">
+        <v>754</v>
+      </c>
+      <c r="C250" t="s">
+        <v>11</v>
+      </c>
+      <c r="D250" t="s">
+        <v>18</v>
+      </c>
+      <c r="E250" t="s">
+        <v>761</v>
+      </c>
+      <c r="G250">
+        <v>40</v>
+      </c>
+      <c r="H250" t="s">
+        <v>87</v>
+      </c>
+      <c r="I250" t="s">
+        <v>762</v>
+      </c>
+      <c r="J250" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251">
+        <v>251</v>
+      </c>
+      <c r="B251" t="s">
+        <v>754</v>
+      </c>
+      <c r="C251" t="s">
+        <v>11</v>
+      </c>
+      <c r="D251" t="s">
+        <v>30</v>
+      </c>
+      <c r="E251" t="s">
+        <v>764</v>
+      </c>
+      <c r="G251">
+        <v>2</v>
+      </c>
+      <c r="H251" t="s">
+        <v>87</v>
+      </c>
+      <c r="I251" t="s">
+        <v>765</v>
+      </c>
+      <c r="J251" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252">
+        <v>252</v>
+      </c>
+      <c r="B252" t="s">
+        <v>754</v>
+      </c>
+      <c r="C252" t="s">
+        <v>11</v>
+      </c>
+      <c r="D252" t="s">
+        <v>60</v>
+      </c>
+      <c r="E252" t="s">
+        <v>767</v>
+      </c>
+      <c r="G252">
+        <v>4</v>
+      </c>
+      <c r="H252" t="s">
+        <v>87</v>
+      </c>
+      <c r="I252" t="s">
+        <v>768</v>
+      </c>
+      <c r="J252" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253">
+        <v>253</v>
+      </c>
+      <c r="B253" t="s">
+        <v>754</v>
+      </c>
+      <c r="C253" t="s">
+        <v>11</v>
+      </c>
+      <c r="D253" t="s">
+        <v>39</v>
+      </c>
+      <c r="E253" t="s">
+        <v>770</v>
+      </c>
+      <c r="G253">
+        <v>1</v>
+      </c>
+      <c r="H253" t="s">
+        <v>91</v>
+      </c>
+      <c r="I253" t="s">
+        <v>174</v>
+      </c>
+      <c r="J253" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254">
+        <v>254</v>
+      </c>
+      <c r="B254" t="s">
+        <v>754</v>
+      </c>
+      <c r="C254" t="s">
+        <v>11</v>
+      </c>
+      <c r="D254" t="s">
+        <v>39</v>
+      </c>
+      <c r="E254" t="s">
+        <v>772</v>
+      </c>
+      <c r="G254">
+        <v>18</v>
+      </c>
+      <c r="H254" t="s">
+        <v>87</v>
+      </c>
+      <c r="I254" t="s">
+        <v>773</v>
+      </c>
+      <c r="J254" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255">
+        <v>255</v>
+      </c>
+      <c r="B255" t="s">
+        <v>754</v>
+      </c>
+      <c r="C255" t="s">
+        <v>11</v>
+      </c>
+      <c r="D255" t="s">
+        <v>39</v>
+      </c>
+      <c r="E255" t="s">
+        <v>775</v>
+      </c>
+      <c r="G255">
+        <v>44</v>
+      </c>
+      <c r="H255" t="s">
+        <v>87</v>
+      </c>
+      <c r="I255" t="s">
+        <v>776</v>
+      </c>
+      <c r="J255" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256">
+        <v>256</v>
+      </c>
+      <c r="B256" t="s">
+        <v>754</v>
+      </c>
+      <c r="C256" t="s">
+        <v>11</v>
+      </c>
+      <c r="D256" t="s">
+        <v>39</v>
+      </c>
+      <c r="E256" t="s">
+        <v>778</v>
+      </c>
+      <c r="G256">
+        <v>31</v>
+      </c>
+      <c r="H256" t="s">
+        <v>87</v>
+      </c>
+      <c r="I256" t="s">
+        <v>779</v>
+      </c>
+      <c r="J256" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257">
+        <v>257</v>
+      </c>
+      <c r="B257" t="s">
+        <v>781</v>
+      </c>
+      <c r="C257" t="s">
+        <v>11</v>
+      </c>
+      <c r="D257" t="s">
+        <v>130</v>
+      </c>
+      <c r="E257" t="s">
+        <v>782</v>
+      </c>
+      <c r="G257">
+        <v>32</v>
+      </c>
+      <c r="H257" t="s">
+        <v>91</v>
+      </c>
+      <c r="I257" t="s">
+        <v>783</v>
+      </c>
+      <c r="J257" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10">
+      <c r="A258">
+        <v>258</v>
+      </c>
+      <c r="B258" t="s">
+        <v>785</v>
+      </c>
+      <c r="C258" t="s">
+        <v>11</v>
+      </c>
+      <c r="D258" t="s">
+        <v>203</v>
+      </c>
+      <c r="E258" t="s">
+        <v>786</v>
+      </c>
+      <c r="G258">
+        <v>13</v>
+      </c>
+      <c r="H258" t="s">
+        <v>14</v>
+      </c>
+      <c r="I258" t="s">
+        <v>787</v>
+      </c>
+      <c r="J258" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10">
+      <c r="A259">
+        <v>259</v>
+      </c>
+      <c r="B259" t="s">
+        <v>789</v>
+      </c>
+      <c r="C259" t="s">
+        <v>148</v>
+      </c>
+      <c r="D259" t="s">
+        <v>149</v>
+      </c>
+      <c r="E259" t="s">
+        <v>790</v>
+      </c>
+      <c r="G259">
+        <v>19</v>
+      </c>
+      <c r="H259" t="s">
+        <v>14</v>
+      </c>
+      <c r="I259" t="s">
+        <v>791</v>
+      </c>
+      <c r="J259" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10">
+      <c r="A260">
+        <v>260</v>
+      </c>
+      <c r="B260" t="s">
+        <v>793</v>
+      </c>
+      <c r="C260" t="s">
+        <v>212</v>
+      </c>
+      <c r="D260" t="s">
+        <v>291</v>
+      </c>
+      <c r="E260" t="s">
+        <v>794</v>
+      </c>
+      <c r="G260">
+        <v>22</v>
+      </c>
+      <c r="H260" t="s">
+        <v>14</v>
+      </c>
+      <c r="I260" t="s">
+        <v>795</v>
+      </c>
+      <c r="J260" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10">
+      <c r="A261">
+        <v>261</v>
+      </c>
+      <c r="B261" t="s">
+        <v>793</v>
+      </c>
+      <c r="C261" t="s">
+        <v>11</v>
+      </c>
+      <c r="D261" t="s">
+        <v>797</v>
+      </c>
+      <c r="E261" t="s">
+        <v>798</v>
+      </c>
+      <c r="G261">
+        <v>43</v>
+      </c>
+      <c r="H261" t="s">
+        <v>14</v>
+      </c>
+      <c r="I261" t="s">
+        <v>799</v>
+      </c>
+      <c r="J261" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10">
+      <c r="A262">
+        <v>262</v>
+      </c>
+      <c r="B262" t="s">
+        <v>801</v>
+      </c>
+      <c r="C262" t="s">
+        <v>148</v>
+      </c>
+      <c r="D262" t="s">
+        <v>149</v>
+      </c>
+      <c r="E262" t="s">
+        <v>802</v>
+      </c>
+      <c r="G262">
+        <v>52</v>
+      </c>
+      <c r="H262" t="s">
+        <v>87</v>
+      </c>
+      <c r="I262" t="s">
+        <v>803</v>
+      </c>
+      <c r="J262" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10">
+      <c r="A263">
+        <v>263</v>
+      </c>
+      <c r="B263" t="s">
+        <v>801</v>
+      </c>
+      <c r="C263" t="s">
+        <v>212</v>
+      </c>
+      <c r="D263" t="s">
+        <v>213</v>
+      </c>
+      <c r="E263" t="s">
+        <v>805</v>
+      </c>
+      <c r="G263">
+        <v>6</v>
+      </c>
+      <c r="H263" t="s">
+        <v>87</v>
+      </c>
+      <c r="I263" t="s">
+        <v>806</v>
+      </c>
+      <c r="J263" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10">
+      <c r="A264">
+        <v>264</v>
+      </c>
+      <c r="B264" t="s">
+        <v>808</v>
+      </c>
+      <c r="C264" t="s">
+        <v>212</v>
+      </c>
+      <c r="D264" t="s">
+        <v>453</v>
+      </c>
+      <c r="E264" t="s">
+        <v>809</v>
+      </c>
+      <c r="G264">
+        <v>31</v>
+      </c>
+      <c r="H264" t="s">
+        <v>14</v>
+      </c>
+      <c r="I264" t="s">
+        <v>810</v>
+      </c>
+      <c r="J264" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10">
+      <c r="A265">
+        <v>265</v>
+      </c>
+      <c r="B265" t="s">
+        <v>808</v>
+      </c>
+      <c r="C265" t="s">
+        <v>11</v>
+      </c>
+      <c r="D265" t="s">
+        <v>327</v>
+      </c>
+      <c r="E265" t="s">
+        <v>812</v>
+      </c>
+      <c r="G265">
+        <v>14</v>
+      </c>
+      <c r="H265" t="s">
+        <v>14</v>
+      </c>
+      <c r="I265" t="s">
+        <v>813</v>
+      </c>
+      <c r="J265" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266">
+        <v>266</v>
+      </c>
+      <c r="B266" t="s">
+        <v>808</v>
+      </c>
+      <c r="C266" t="s">
+        <v>11</v>
+      </c>
+      <c r="D266" t="s">
+        <v>334</v>
+      </c>
+      <c r="E266" t="s">
+        <v>815</v>
+      </c>
+      <c r="G266">
+        <v>5</v>
+      </c>
+      <c r="H266" t="s">
+        <v>14</v>
+      </c>
+      <c r="I266" t="s">
+        <v>816</v>
+      </c>
+      <c r="J266" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267">
+        <v>267</v>
+      </c>
+      <c r="B267" t="s">
+        <v>808</v>
+      </c>
+      <c r="C267" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267" t="s">
+        <v>56</v>
+      </c>
+      <c r="E267" t="s">
+        <v>818</v>
+      </c>
+      <c r="G267">
+        <v>32</v>
+      </c>
+      <c r="H267" t="s">
+        <v>14</v>
+      </c>
+      <c r="I267" t="s">
+        <v>819</v>
+      </c>
+      <c r="J267" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268">
+        <v>268</v>
+      </c>
+      <c r="B268" t="s">
+        <v>821</v>
+      </c>
+      <c r="C268" t="s">
+        <v>11</v>
+      </c>
+      <c r="D268" t="s">
+        <v>18</v>
+      </c>
+      <c r="E268" t="s">
+        <v>822</v>
+      </c>
+      <c r="G268">
+        <v>59</v>
+      </c>
+      <c r="H268" t="s">
+        <v>14</v>
+      </c>
+      <c r="I268" t="s">
+        <v>823</v>
+      </c>
+      <c r="J268" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269">
+        <v>269</v>
+      </c>
+      <c r="B269" t="s">
+        <v>825</v>
+      </c>
+      <c r="C269" t="s">
+        <v>212</v>
+      </c>
+      <c r="D269" t="s">
+        <v>323</v>
+      </c>
+      <c r="E269" t="s">
+        <v>826</v>
+      </c>
+      <c r="G269">
+        <v>7</v>
+      </c>
+      <c r="H269" t="s">
+        <v>14</v>
+      </c>
+      <c r="I269" t="s">
+        <v>827</v>
+      </c>
+      <c r="J269" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270">
+        <v>270</v>
+      </c>
+      <c r="B270" t="s">
+        <v>825</v>
+      </c>
+      <c r="C270" t="s">
+        <v>212</v>
+      </c>
+      <c r="D270" t="s">
+        <v>323</v>
+      </c>
+      <c r="E270" t="s">
+        <v>829</v>
+      </c>
+      <c r="G270">
+        <v>41</v>
+      </c>
+      <c r="H270" t="s">
+        <v>14</v>
+      </c>
+      <c r="I270" t="s">
+        <v>830</v>
+      </c>
+      <c r="J270" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271">
+        <v>271</v>
+      </c>
+      <c r="B271" t="s">
+        <v>825</v>
+      </c>
+      <c r="C271" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271" t="s">
+        <v>117</v>
+      </c>
+      <c r="E271" t="s">
+        <v>832</v>
+      </c>
+      <c r="G271">
+        <v>46</v>
+      </c>
+      <c r="H271" t="s">
+        <v>14</v>
+      </c>
+      <c r="I271" t="s">
+        <v>833</v>
+      </c>
+      <c r="J271" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272">
+        <v>272</v>
+      </c>
+      <c r="B272" t="s">
+        <v>835</v>
+      </c>
+      <c r="C272" t="s">
+        <v>11</v>
+      </c>
+      <c r="D272" t="s">
+        <v>327</v>
+      </c>
+      <c r="E272" t="s">
+        <v>836</v>
+      </c>
+      <c r="G272">
+        <v>41</v>
+      </c>
+      <c r="H272" t="s">
+        <v>14</v>
+      </c>
+      <c r="I272" t="s">
+        <v>837</v>
+      </c>
+      <c r="J272" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273">
+        <v>273</v>
+      </c>
+      <c r="B273" t="s">
+        <v>835</v>
+      </c>
+      <c r="C273" t="s">
+        <v>11</v>
+      </c>
+      <c r="D273" t="s">
+        <v>22</v>
+      </c>
+      <c r="E273" t="s">
+        <v>839</v>
+      </c>
+      <c r="G273">
+        <v>46</v>
+      </c>
+      <c r="H273" t="s">
+        <v>14</v>
+      </c>
+      <c r="I273" t="s">
+        <v>840</v>
+      </c>
+      <c r="J273" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274">
+        <v>274</v>
+      </c>
+      <c r="B274" t="s">
+        <v>842</v>
+      </c>
+      <c r="C274" t="s">
+        <v>212</v>
+      </c>
+      <c r="D274" t="s">
+        <v>213</v>
+      </c>
+      <c r="E274" t="s">
+        <v>843</v>
+      </c>
+      <c r="G274">
+        <v>1</v>
+      </c>
+      <c r="H274" t="s">
+        <v>91</v>
+      </c>
+      <c r="I274" t="s">
+        <v>844</v>
+      </c>
+      <c r="J274" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275">
+        <v>275</v>
+      </c>
+      <c r="B275" t="s">
+        <v>842</v>
+      </c>
+      <c r="C275" t="s">
+        <v>11</v>
+      </c>
+      <c r="D275" t="s">
+        <v>22</v>
+      </c>
+      <c r="E275" t="s">
+        <v>846</v>
+      </c>
+      <c r="G275">
+        <v>35</v>
+      </c>
+      <c r="H275" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276">
+        <v>276</v>
+      </c>
+      <c r="B276" t="s">
+        <v>842</v>
+      </c>
+      <c r="C276" t="s">
+        <v>11</v>
+      </c>
+      <c r="D276" t="s">
+        <v>377</v>
+      </c>
+      <c r="E276" t="s">
+        <v>847</v>
+      </c>
+      <c r="G276">
+        <v>5</v>
+      </c>
+      <c r="H276" t="s">
+        <v>14</v>
+      </c>
+      <c r="I276" t="s">
+        <v>302</v>
+      </c>
+      <c r="J276" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277">
+        <v>277</v>
+      </c>
+      <c r="B277" t="s">
+        <v>848</v>
+      </c>
+      <c r="C277" t="s">
+        <v>148</v>
+      </c>
+      <c r="D277" t="s">
+        <v>149</v>
+      </c>
+      <c r="E277" t="s">
+        <v>849</v>
+      </c>
+      <c r="G277">
+        <v>25</v>
+      </c>
+      <c r="H277" t="s">
+        <v>14</v>
+      </c>
+      <c r="I277" t="s">
+        <v>850</v>
+      </c>
+      <c r="J277" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278">
+        <v>278</v>
+      </c>
+      <c r="B278" t="s">
+        <v>848</v>
+      </c>
+      <c r="C278" t="s">
+        <v>148</v>
+      </c>
+      <c r="D278" t="s">
+        <v>703</v>
+      </c>
+      <c r="E278" t="s">
+        <v>852</v>
+      </c>
+      <c r="G278">
+        <v>38</v>
+      </c>
+      <c r="H278" t="s">
+        <v>14</v>
+      </c>
+      <c r="I278" t="s">
+        <v>853</v>
+      </c>
+      <c r="J278" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279">
+        <v>279</v>
+      </c>
+      <c r="B279" t="s">
+        <v>855</v>
+      </c>
+      <c r="C279" t="s">
+        <v>212</v>
+      </c>
+      <c r="D279" t="s">
+        <v>291</v>
+      </c>
+      <c r="E279" t="s">
+        <v>856</v>
+      </c>
+      <c r="G279">
+        <v>26</v>
+      </c>
+      <c r="H279" t="s">
+        <v>14</v>
+      </c>
+      <c r="I279" t="s">
+        <v>857</v>
+      </c>
+      <c r="J279" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280">
+        <v>280</v>
+      </c>
+      <c r="B280" t="s">
+        <v>855</v>
+      </c>
+      <c r="C280" t="s">
+        <v>11</v>
+      </c>
+      <c r="D280" t="s">
+        <v>30</v>
+      </c>
+      <c r="E280" t="s">
+        <v>859</v>
+      </c>
+      <c r="G280">
+        <v>28</v>
+      </c>
+      <c r="H280" t="s">
+        <v>14</v>
+      </c>
+      <c r="I280" t="s">
+        <v>860</v>
+      </c>
+      <c r="J280" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10">
+      <c r="A281">
+        <v>281</v>
+      </c>
+      <c r="B281" t="s">
+        <v>862</v>
+      </c>
+      <c r="C281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D281" t="s">
+        <v>797</v>
+      </c>
+      <c r="E281" t="s">
+        <v>863</v>
+      </c>
+      <c r="G281">
+        <v>8</v>
+      </c>
+      <c r="H281" t="s">
+        <v>14</v>
+      </c>
+      <c r="J281" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282">
+        <v>282</v>
+      </c>
+      <c r="B282" t="s">
+        <v>865</v>
+      </c>
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" t="s">
+        <v>39</v>
+      </c>
+      <c r="E282" t="s">
+        <v>866</v>
+      </c>
+      <c r="G282">
+        <v>12</v>
+      </c>
+      <c r="H282" t="s">
+        <v>91</v>
+      </c>
+      <c r="I282" t="s">
+        <v>867</v>
+      </c>
+      <c r="J282" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283">
+        <v>283</v>
+      </c>
+      <c r="B283" t="s">
+        <v>869</v>
+      </c>
+      <c r="C283" t="s">
+        <v>212</v>
+      </c>
+      <c r="D283" t="s">
+        <v>213</v>
+      </c>
+      <c r="E283" t="s">
+        <v>870</v>
+      </c>
+      <c r="G283">
+        <v>12</v>
+      </c>
+      <c r="H283" t="s">
+        <v>14</v>
+      </c>
+      <c r="I283" t="s">
+        <v>871</v>
+      </c>
+      <c r="J283" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284">
+        <v>284</v>
+      </c>
+      <c r="B284" t="s">
+        <v>869</v>
+      </c>
+      <c r="C284" t="s">
+        <v>11</v>
+      </c>
+      <c r="D284" t="s">
+        <v>39</v>
+      </c>
+      <c r="E284" t="s">
+        <v>276</v>
+      </c>
+      <c r="F284" t="s">
+        <v>873</v>
+      </c>
+      <c r="G284">
+        <v>49</v>
+      </c>
+      <c r="H284" t="s">
+        <v>14</v>
+      </c>
+      <c r="I284" t="s">
+        <v>277</v>
+      </c>
+      <c r="J284" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285">
+        <v>285</v>
+      </c>
+      <c r="B285" t="s">
+        <v>874</v>
+      </c>
+      <c r="C285" t="s">
+        <v>11</v>
+      </c>
+      <c r="D285" t="s">
+        <v>300</v>
+      </c>
+      <c r="E285" t="s">
+        <v>875</v>
+      </c>
+      <c r="G285">
+        <v>10</v>
+      </c>
+      <c r="H285" t="s">
+        <v>87</v>
+      </c>
+      <c r="I285" t="s">
+        <v>876</v>
+      </c>
+      <c r="J285" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286">
+        <v>286</v>
+      </c>
+      <c r="B286" t="s">
+        <v>878</v>
+      </c>
+      <c r="C286" t="s">
+        <v>11</v>
+      </c>
+      <c r="D286" t="s">
+        <v>12</v>
+      </c>
+      <c r="E286" t="s">
+        <v>879</v>
+      </c>
+      <c r="G286">
+        <v>4</v>
+      </c>
+      <c r="H286" t="s">
+        <v>14</v>
+      </c>
+      <c r="I286" t="s">
+        <v>880</v>
+      </c>
+      <c r="J286" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287">
+        <v>287</v>
+      </c>
+      <c r="B287" t="s">
+        <v>882</v>
+      </c>
+      <c r="C287" t="s">
+        <v>11</v>
+      </c>
+      <c r="D287" t="s">
+        <v>39</v>
+      </c>
+      <c r="E287" t="s">
+        <v>883</v>
+      </c>
+      <c r="G287">
+        <v>51</v>
+      </c>
+      <c r="H287" t="s">
+        <v>14</v>
+      </c>
+      <c r="I287" t="s">
+        <v>884</v>
+      </c>
+      <c r="J287" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288">
+        <v>288</v>
+      </c>
+      <c r="B288" t="s">
+        <v>886</v>
+      </c>
+      <c r="C288" t="s">
+        <v>212</v>
+      </c>
+      <c r="D288" t="s">
+        <v>291</v>
+      </c>
+      <c r="E288" t="s">
+        <v>887</v>
+      </c>
+      <c r="G288">
+        <v>11</v>
+      </c>
+      <c r="H288" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289">
+        <v>289</v>
+      </c>
+      <c r="B289" t="s">
+        <v>888</v>
+      </c>
+      <c r="C289" t="s">
+        <v>212</v>
+      </c>
+      <c r="D289" t="s">
+        <v>889</v>
+      </c>
+      <c r="E289" t="s">
+        <v>890</v>
+      </c>
+      <c r="G289">
+        <v>14</v>
+      </c>
+      <c r="H289" t="s">
+        <v>14</v>
+      </c>
+      <c r="I289" t="s">
+        <v>891</v>
+      </c>
+      <c r="J289">
+        <v>845165933</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290">
+        <v>290</v>
+      </c>
+      <c r="B290" t="s">
+        <v>888</v>
+      </c>
+      <c r="C290" t="s">
+        <v>11</v>
+      </c>
+      <c r="D290" t="s">
+        <v>39</v>
+      </c>
+      <c r="E290" t="s">
+        <v>892</v>
+      </c>
+      <c r="F290" t="s">
+        <v>893</v>
+      </c>
+      <c r="G290">
+        <v>3</v>
+      </c>
+      <c r="H290" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291">
+        <v>291</v>
+      </c>
+      <c r="B291" t="s">
+        <v>894</v>
+      </c>
+      <c r="C291" t="s">
+        <v>11</v>
+      </c>
+      <c r="D291" t="s">
+        <v>279</v>
+      </c>
+      <c r="E291" t="s">
+        <v>895</v>
+      </c>
+      <c r="G291">
+        <v>9</v>
+      </c>
+      <c r="H291" t="s">
+        <v>14</v>
+      </c>
+      <c r="I291" t="s">
+        <v>896</v>
+      </c>
+      <c r="J291" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292">
+        <v>292</v>
+      </c>
+      <c r="B292" t="s">
+        <v>898</v>
+      </c>
+      <c r="C292" t="s">
+        <v>148</v>
+      </c>
+      <c r="D292" t="s">
+        <v>149</v>
+      </c>
+      <c r="E292" t="s">
+        <v>899</v>
+      </c>
+      <c r="G292">
+        <v>8</v>
+      </c>
+      <c r="H292" t="s">
+        <v>87</v>
+      </c>
+      <c r="I292" t="s">
+        <v>900</v>
+      </c>
+      <c r="J292" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293">
+        <v>293</v>
+      </c>
+      <c r="B293" t="s">
+        <v>902</v>
+      </c>
+      <c r="C293" t="s">
+        <v>148</v>
+      </c>
+      <c r="D293" t="s">
+        <v>149</v>
+      </c>
+      <c r="E293" t="s">
+        <v>903</v>
+      </c>
+      <c r="G293">
+        <v>22</v>
+      </c>
+      <c r="H293" t="s">
+        <v>87</v>
+      </c>
+      <c r="I293" t="s">
+        <v>904</v>
+      </c>
+      <c r="J293" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294">
+        <v>294</v>
+      </c>
+      <c r="B294" t="s">
+        <v>906</v>
+      </c>
+      <c r="C294" t="s">
+        <v>11</v>
+      </c>
+      <c r="D294" t="s">
+        <v>39</v>
+      </c>
+      <c r="E294" t="s">
+        <v>907</v>
+      </c>
+      <c r="G294">
+        <v>6</v>
+      </c>
+      <c r="H294" t="s">
+        <v>91</v>
+      </c>
+      <c r="I294" t="s">
+        <v>908</v>
+      </c>
+      <c r="J294" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10">
+      <c r="A295">
+        <v>295</v>
+      </c>
+      <c r="B295" t="s">
+        <v>910</v>
+      </c>
+      <c r="C295" t="s">
+        <v>11</v>
+      </c>
+      <c r="D295" t="s">
+        <v>747</v>
+      </c>
+      <c r="E295" t="s">
+        <v>911</v>
+      </c>
+      <c r="G295">
+        <v>32</v>
+      </c>
+      <c r="H295" t="s">
+        <v>87</v>
+      </c>
+      <c r="I295" t="s">
+        <v>912</v>
+      </c>
+      <c r="J295" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10">
+      <c r="A296">
+        <v>296</v>
+      </c>
+      <c r="B296" t="s">
+        <v>914</v>
+      </c>
+      <c r="C296" t="s">
+        <v>318</v>
+      </c>
+      <c r="D296" t="s">
+        <v>915</v>
+      </c>
+      <c r="E296" t="s">
+        <v>916</v>
+      </c>
+      <c r="G296">
+        <v>1</v>
+      </c>
+      <c r="H296" t="s">
+        <v>14</v>
+      </c>
+      <c r="I296" t="s">
+        <v>917</v>
+      </c>
+      <c r="J296" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10">
+      <c r="A297">
+        <v>297</v>
+      </c>
+      <c r="B297" t="s">
+        <v>914</v>
+      </c>
+      <c r="C297" t="s">
+        <v>212</v>
+      </c>
+      <c r="D297" t="s">
+        <v>453</v>
+      </c>
+      <c r="E297" t="s">
+        <v>918</v>
+      </c>
+      <c r="G297">
+        <v>22</v>
+      </c>
+      <c r="H297" t="s">
+        <v>14</v>
+      </c>
+      <c r="I297" t="s">
+        <v>919</v>
+      </c>
+      <c r="J297" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10">
+      <c r="A298">
+        <v>298</v>
+      </c>
+      <c r="B298" t="s">
+        <v>921</v>
+      </c>
+      <c r="C298" t="s">
+        <v>11</v>
+      </c>
+      <c r="D298" t="s">
+        <v>18</v>
+      </c>
+      <c r="E298" t="s">
+        <v>922</v>
+      </c>
+      <c r="G298">
+        <v>21</v>
+      </c>
+      <c r="H298" t="s">
+        <v>14</v>
+      </c>
+      <c r="I298" t="s">
+        <v>923</v>
+      </c>
+      <c r="J298" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10">
+      <c r="A299">
+        <v>299</v>
+      </c>
+      <c r="B299" t="s">
+        <v>925</v>
+      </c>
+      <c r="C299" t="s">
+        <v>11</v>
+      </c>
+      <c r="D299" t="s">
+        <v>67</v>
+      </c>
+      <c r="E299" t="s">
+        <v>68</v>
+      </c>
+      <c r="G299">
+        <v>29</v>
+      </c>
+      <c r="H299" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10">
+      <c r="A300">
+        <v>300</v>
+      </c>
+      <c r="B300" t="s">
+        <v>926</v>
+      </c>
+      <c r="C300" t="s">
+        <v>11</v>
+      </c>
+      <c r="D300" t="s">
+        <v>39</v>
+      </c>
+      <c r="E300" t="s">
+        <v>75</v>
+      </c>
+      <c r="G300">
+        <v>12</v>
+      </c>
+      <c r="H300" t="s">
+        <v>14</v>
+      </c>
+      <c r="I300" t="s">
+        <v>76</v>
+      </c>
+      <c r="J300" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10">
+      <c r="A301">
+        <v>301</v>
+      </c>
+      <c r="B301" t="s">
+        <v>927</v>
+      </c>
+      <c r="C301" t="s">
+        <v>11</v>
+      </c>
+      <c r="D301" t="s">
+        <v>928</v>
+      </c>
+      <c r="E301" t="s">
+        <v>929</v>
+      </c>
+      <c r="G301">
+        <v>16</v>
+      </c>
+      <c r="H301" t="s">
+        <v>87</v>
+      </c>
+      <c r="J301" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302">
+        <v>302</v>
+      </c>
+      <c r="B302" t="s">
+        <v>927</v>
+      </c>
+      <c r="C302" t="s">
+        <v>11</v>
+      </c>
+      <c r="D302" t="s">
+        <v>130</v>
+      </c>
+      <c r="E302" t="s">
+        <v>931</v>
+      </c>
+      <c r="G302">
+        <v>23</v>
+      </c>
+      <c r="H302" t="s">
+        <v>87</v>
+      </c>
+      <c r="I302" t="s">
+        <v>932</v>
+      </c>
+      <c r="J302" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303">
+        <v>303</v>
+      </c>
+      <c r="B303" t="s">
+        <v>927</v>
+      </c>
+      <c r="C303" t="s">
+        <v>11</v>
+      </c>
+      <c r="D303" t="s">
+        <v>39</v>
+      </c>
+      <c r="E303" t="s">
+        <v>934</v>
+      </c>
+      <c r="G303">
+        <v>24</v>
+      </c>
+      <c r="H303" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304">
+        <v>304</v>
+      </c>
+      <c r="B304" t="s">
+        <v>927</v>
+      </c>
+      <c r="C304" t="s">
+        <v>11</v>
+      </c>
+      <c r="D304" t="s">
+        <v>279</v>
+      </c>
+      <c r="E304" t="s">
+        <v>935</v>
+      </c>
+      <c r="G304">
+        <v>23</v>
+      </c>
+      <c r="H304" t="s">
+        <v>87</v>
+      </c>
+      <c r="I304" t="s">
+        <v>936</v>
+      </c>
+      <c r="J304" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305">
+        <v>305</v>
+      </c>
+      <c r="B305" t="s">
+        <v>938</v>
+      </c>
+      <c r="C305" t="s">
+        <v>148</v>
+      </c>
+      <c r="D305" t="s">
+        <v>149</v>
+      </c>
+      <c r="E305" t="s">
+        <v>939</v>
+      </c>
+      <c r="G305">
+        <v>18</v>
+      </c>
+      <c r="H305" t="s">
+        <v>14</v>
+      </c>
+      <c r="I305" t="s">
+        <v>940</v>
+      </c>
+      <c r="J305" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10">
+      <c r="A306">
+        <v>306</v>
+      </c>
+      <c r="B306" t="s">
+        <v>942</v>
+      </c>
+      <c r="C306" t="s">
+        <v>11</v>
+      </c>
+      <c r="D306" t="s">
+        <v>22</v>
+      </c>
+      <c r="E306" t="s">
+        <v>101</v>
+      </c>
+      <c r="F306" t="s">
+        <v>236</v>
+      </c>
+      <c r="G306">
+        <v>35</v>
+      </c>
+      <c r="H306" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10">
+      <c r="A307">
+        <v>307</v>
+      </c>
+      <c r="B307" t="s">
+        <v>942</v>
+      </c>
+      <c r="C307" t="s">
+        <v>11</v>
+      </c>
+      <c r="D307" t="s">
+        <v>54</v>
+      </c>
+      <c r="E307" t="s">
+        <v>943</v>
+      </c>
+      <c r="G307">
+        <v>45</v>
+      </c>
+      <c r="H307" t="s">
+        <v>14</v>
+      </c>
+      <c r="J307" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10">
+      <c r="A308">
+        <v>308</v>
+      </c>
+      <c r="B308" t="s">
+        <v>945</v>
+      </c>
+      <c r="C308" t="s">
+        <v>11</v>
+      </c>
+      <c r="D308" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" t="s">
+        <v>946</v>
+      </c>
+      <c r="G308">
+        <v>6</v>
+      </c>
+      <c r="H308" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10">
+      <c r="A309">
+        <v>309</v>
+      </c>
+      <c r="B309" t="s">
+        <v>945</v>
+      </c>
+      <c r="C309" t="s">
+        <v>11</v>
+      </c>
+      <c r="D309" t="s">
+        <v>39</v>
+      </c>
+      <c r="E309" t="s">
+        <v>90</v>
+      </c>
+      <c r="G309">
+        <v>3</v>
+      </c>
+      <c r="H309" t="s">
+        <v>91</v>
+      </c>
+      <c r="I309" t="s">
+        <v>92</v>
+      </c>
+      <c r="J309" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10">
+      <c r="A310">
+        <v>310</v>
+      </c>
+      <c r="B310" t="s">
+        <v>947</v>
+      </c>
+      <c r="C310" t="s">
+        <v>11</v>
+      </c>
+      <c r="D310" t="s">
+        <v>60</v>
+      </c>
+      <c r="E310" t="s">
+        <v>526</v>
+      </c>
+      <c r="G310">
+        <v>45</v>
+      </c>
+      <c r="H310" t="s">
+        <v>14</v>
+      </c>
+      <c r="I310" t="s">
+        <v>527</v>
+      </c>
+      <c r="J310" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10">
+      <c r="A311">
+        <v>311</v>
+      </c>
+      <c r="B311" t="s">
+        <v>948</v>
+      </c>
+      <c r="C311" t="s">
+        <v>11</v>
+      </c>
+      <c r="D311" t="s">
+        <v>327</v>
+      </c>
+      <c r="E311" t="s">
+        <v>949</v>
+      </c>
+      <c r="G311">
+        <v>61</v>
+      </c>
+      <c r="H311" t="s">
+        <v>14</v>
+      </c>
+      <c r="I311" t="s">
+        <v>950</v>
+      </c>
+      <c r="J311" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10">
+      <c r="A312">
+        <v>312</v>
+      </c>
+      <c r="B312" t="s">
+        <v>948</v>
+      </c>
+      <c r="C312" t="s">
+        <v>11</v>
+      </c>
+      <c r="D312" t="s">
+        <v>60</v>
+      </c>
+      <c r="E312" t="s">
+        <v>169</v>
+      </c>
+      <c r="G312">
+        <v>42</v>
+      </c>
+      <c r="H312" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10">
+      <c r="A313">
+        <v>313</v>
+      </c>
+      <c r="B313" t="s">
+        <v>952</v>
+      </c>
+      <c r="C313" t="s">
+        <v>11</v>
+      </c>
+      <c r="D313" t="s">
+        <v>130</v>
+      </c>
+      <c r="E313" t="s">
+        <v>463</v>
+      </c>
+      <c r="G313">
+        <v>29</v>
+      </c>
+      <c r="H313" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10">
+      <c r="A314">
+        <v>314</v>
+      </c>
+      <c r="B314" t="s">
+        <v>952</v>
+      </c>
+      <c r="C314" t="s">
+        <v>11</v>
+      </c>
+      <c r="D314" t="s">
+        <v>54</v>
+      </c>
+      <c r="E314" t="s">
+        <v>953</v>
+      </c>
+      <c r="G314">
+        <v>25</v>
+      </c>
+      <c r="H314" t="s">
+        <v>87</v>
+      </c>
+      <c r="I314" t="s">
+        <v>954</v>
+      </c>
+      <c r="J314" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315">
+        <v>315</v>
+      </c>
+      <c r="B315" t="s">
+        <v>952</v>
+      </c>
+      <c r="C315" t="s">
+        <v>11</v>
+      </c>
+      <c r="D315" t="s">
+        <v>250</v>
+      </c>
+      <c r="E315" t="s">
+        <v>956</v>
+      </c>
+      <c r="G315">
+        <v>25</v>
+      </c>
+      <c r="H315" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
+      <c r="A316">
+        <v>316</v>
+      </c>
+      <c r="B316" t="s">
+        <v>957</v>
+      </c>
+      <c r="C316" t="s">
+        <v>11</v>
+      </c>
+      <c r="D316" t="s">
+        <v>747</v>
+      </c>
+      <c r="E316" t="s">
+        <v>958</v>
+      </c>
+      <c r="G316">
+        <v>13</v>
+      </c>
+      <c r="H316" t="s">
+        <v>14</v>
+      </c>
+      <c r="I316" t="s">
+        <v>959</v>
+      </c>
+      <c r="J316" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317">
+        <v>317</v>
+      </c>
+      <c r="B317" t="s">
+        <v>957</v>
+      </c>
+      <c r="C317" t="s">
+        <v>11</v>
+      </c>
+      <c r="D317" t="s">
+        <v>12</v>
+      </c>
+      <c r="E317" t="s">
+        <v>961</v>
+      </c>
+      <c r="G317">
+        <v>6</v>
+      </c>
+      <c r="H317" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318">
+        <v>318</v>
+      </c>
+      <c r="B318" t="s">
+        <v>957</v>
+      </c>
+      <c r="C318" t="s">
+        <v>11</v>
+      </c>
+      <c r="D318" t="s">
+        <v>60</v>
+      </c>
+      <c r="E318" t="s">
+        <v>384</v>
+      </c>
+      <c r="G318">
+        <v>10</v>
+      </c>
+      <c r="H318" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319">
+        <v>319</v>
+      </c>
+      <c r="B319" t="s">
+        <v>957</v>
+      </c>
+      <c r="C319" t="s">
+        <v>11</v>
+      </c>
+      <c r="D319" t="s">
+        <v>60</v>
+      </c>
+      <c r="E319" t="s">
+        <v>384</v>
+      </c>
+      <c r="G319">
+        <v>11</v>
+      </c>
+      <c r="H319" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320">
+        <v>320</v>
+      </c>
+      <c r="B320" t="s">
+        <v>957</v>
+      </c>
+      <c r="C320" t="s">
+        <v>11</v>
+      </c>
+      <c r="D320" t="s">
+        <v>39</v>
+      </c>
+      <c r="E320" t="s">
+        <v>74</v>
+      </c>
+      <c r="G320">
+        <v>75</v>
+      </c>
+      <c r="H320" t="s">
+        <v>14</v>
+      </c>
+      <c r="I320" t="s">
+        <v>962</v>
+      </c>
+      <c r="J320" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321">
+        <v>321</v>
+      </c>
+      <c r="B321" t="s">
+        <v>957</v>
+      </c>
+      <c r="C321" t="s">
+        <v>11</v>
+      </c>
+      <c r="D321" t="s">
+        <v>279</v>
+      </c>
+      <c r="E321" t="s">
+        <v>434</v>
+      </c>
+      <c r="G321">
+        <v>29</v>
+      </c>
+      <c r="H321" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322">
+        <v>322</v>
+      </c>
+      <c r="B322" t="s">
+        <v>964</v>
+      </c>
+      <c r="C322" t="s">
+        <v>11</v>
+      </c>
+      <c r="D322" t="s">
+        <v>334</v>
+      </c>
+      <c r="E322" t="s">
+        <v>567</v>
+      </c>
+      <c r="G322">
+        <v>31</v>
+      </c>
+      <c r="H322" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323">
+        <v>323</v>
+      </c>
+      <c r="B323" t="s">
+        <v>964</v>
+      </c>
+      <c r="C323" t="s">
+        <v>11</v>
+      </c>
+      <c r="D323" t="s">
+        <v>54</v>
+      </c>
+      <c r="E323" t="s">
+        <v>965</v>
+      </c>
+      <c r="G323">
+        <v>38</v>
+      </c>
+      <c r="H323" t="s">
+        <v>87</v>
+      </c>
+      <c r="I323" t="s">
+        <v>966</v>
+      </c>
+      <c r="J323" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324">
+        <v>324</v>
+      </c>
+      <c r="B324" t="s">
+        <v>968</v>
+      </c>
+      <c r="C324" t="s">
+        <v>11</v>
+      </c>
+      <c r="D324" t="s">
+        <v>969</v>
+      </c>
+      <c r="E324" t="s">
+        <v>970</v>
+      </c>
+      <c r="G324">
+        <v>25</v>
+      </c>
+      <c r="H324" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325">
+        <v>325</v>
+      </c>
+      <c r="B325" t="s">
+        <v>968</v>
+      </c>
+      <c r="C325" t="s">
+        <v>11</v>
+      </c>
+      <c r="D325" t="s">
+        <v>203</v>
+      </c>
+      <c r="E325" t="s">
+        <v>971</v>
+      </c>
+      <c r="G325">
+        <v>24</v>
+      </c>
+      <c r="H325" t="s">
+        <v>14</v>
+      </c>
+      <c r="I325" t="s">
+        <v>972</v>
+      </c>
+      <c r="J325" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326">
+        <v>326</v>
+      </c>
+      <c r="B326" t="s">
+        <v>968</v>
+      </c>
+      <c r="C326" t="s">
+        <v>11</v>
+      </c>
+      <c r="D326" t="s">
+        <v>39</v>
+      </c>
+      <c r="E326" t="s">
+        <v>270</v>
+      </c>
+      <c r="G326">
+        <v>4</v>
+      </c>
+      <c r="H326" t="s">
+        <v>14</v>
+      </c>
+      <c r="I326" t="s">
+        <v>271</v>
+      </c>
+      <c r="J326" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327">
+        <v>327</v>
+      </c>
+      <c r="B327" t="s">
+        <v>974</v>
+      </c>
+      <c r="C327" t="s">
+        <v>148</v>
+      </c>
+      <c r="D327" t="s">
+        <v>703</v>
+      </c>
+      <c r="E327" t="s">
+        <v>975</v>
+      </c>
+      <c r="G327">
+        <v>41</v>
+      </c>
+      <c r="H327" t="s">
+        <v>87</v>
+      </c>
+      <c r="I327" t="s">
+        <v>976</v>
+      </c>
+      <c r="J327" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328">
+        <v>328</v>
+      </c>
+      <c r="B328" t="s">
+        <v>974</v>
+      </c>
+      <c r="C328" t="s">
+        <v>11</v>
+      </c>
+      <c r="D328" t="s">
+        <v>327</v>
+      </c>
+      <c r="E328" t="s">
+        <v>667</v>
+      </c>
+      <c r="G328">
+        <v>15</v>
+      </c>
+      <c r="H328" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329">
+        <v>329</v>
+      </c>
+      <c r="B329" t="s">
+        <v>974</v>
+      </c>
+      <c r="C329" t="s">
+        <v>11</v>
+      </c>
+      <c r="D329" t="s">
+        <v>67</v>
+      </c>
+      <c r="E329" t="s">
+        <v>680</v>
+      </c>
+      <c r="G329">
+        <v>26</v>
+      </c>
+      <c r="H329" t="s">
+        <v>87</v>
+      </c>
+      <c r="J329" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330">
+        <v>330</v>
+      </c>
+      <c r="B330" t="s">
+        <v>978</v>
+      </c>
+      <c r="C330" t="s">
+        <v>11</v>
+      </c>
+      <c r="D330" t="s">
+        <v>246</v>
+      </c>
+      <c r="E330" t="s">
+        <v>979</v>
+      </c>
+      <c r="G330">
+        <v>1</v>
+      </c>
+      <c r="H330" t="s">
+        <v>87</v>
+      </c>
+      <c r="I330" t="s">
+        <v>980</v>
+      </c>
+      <c r="J330" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331">
+        <v>331</v>
+      </c>
+      <c r="B331" t="s">
+        <v>982</v>
+      </c>
+      <c r="C331" t="s">
+        <v>11</v>
+      </c>
+      <c r="D331" t="s">
+        <v>30</v>
+      </c>
+      <c r="E331" t="s">
+        <v>355</v>
+      </c>
+      <c r="G331">
+        <v>10</v>
+      </c>
+      <c r="H331" t="s">
+        <v>14</v>
+      </c>
+      <c r="I331" t="s">
+        <v>356</v>
+      </c>
+      <c r="J331" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332">
+        <v>332</v>
+      </c>
+      <c r="B332" t="s">
+        <v>982</v>
+      </c>
+      <c r="C332" t="s">
+        <v>11</v>
+      </c>
+      <c r="D332" t="s">
+        <v>130</v>
+      </c>
+      <c r="E332" t="s">
+        <v>983</v>
+      </c>
+      <c r="G332">
+        <v>28</v>
+      </c>
+      <c r="H332" t="s">
+        <v>14</v>
+      </c>
+      <c r="I332" t="s">
+        <v>984</v>
+      </c>
+      <c r="J332" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333">
+        <v>333</v>
+      </c>
+      <c r="B333" t="s">
+        <v>982</v>
+      </c>
+      <c r="C333" t="s">
+        <v>11</v>
+      </c>
+      <c r="D333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E333" t="s">
+        <v>367</v>
+      </c>
+      <c r="G333">
+        <v>28</v>
+      </c>
+      <c r="H333" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334">
+        <v>334</v>
+      </c>
+      <c r="B334" t="s">
+        <v>982</v>
+      </c>
+      <c r="C334" t="s">
+        <v>11</v>
+      </c>
+      <c r="D334" t="s">
+        <v>12</v>
+      </c>
+      <c r="E334" t="s">
+        <v>986</v>
+      </c>
+      <c r="G334">
+        <v>8</v>
+      </c>
+      <c r="H334" t="s">
+        <v>14</v>
+      </c>
+      <c r="I334" t="s">
+        <v>987</v>
+      </c>
+      <c r="J334" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335">
+        <v>335</v>
+      </c>
+      <c r="B335" t="s">
+        <v>982</v>
+      </c>
+      <c r="C335" t="s">
+        <v>11</v>
+      </c>
+      <c r="D335" t="s">
+        <v>60</v>
+      </c>
+      <c r="E335" t="s">
+        <v>61</v>
+      </c>
+      <c r="G335">
+        <v>17</v>
+      </c>
+      <c r="H335" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336">
+        <v>336</v>
+      </c>
+      <c r="B336" t="s">
+        <v>982</v>
+      </c>
+      <c r="C336" t="s">
+        <v>11</v>
+      </c>
+      <c r="D336" t="s">
+        <v>39</v>
+      </c>
+      <c r="E336" t="s">
+        <v>260</v>
+      </c>
+      <c r="G336">
+        <v>43</v>
+      </c>
+      <c r="H336" t="s">
+        <v>14</v>
+      </c>
+      <c r="I336" t="s">
+        <v>261</v>
+      </c>
+      <c r="J336" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337">
+        <v>337</v>
+      </c>
+      <c r="B337" t="s">
+        <v>982</v>
+      </c>
+      <c r="C337" t="s">
+        <v>11</v>
+      </c>
+      <c r="D337" t="s">
+        <v>39</v>
+      </c>
+      <c r="E337" t="s">
+        <v>401</v>
+      </c>
+      <c r="G337">
+        <v>13</v>
+      </c>
+      <c r="H337" t="s">
+        <v>14</v>
+      </c>
+      <c r="I337" t="s">
+        <v>402</v>
+      </c>
+      <c r="J337" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338">
+        <v>338</v>
+      </c>
+      <c r="B338" t="s">
+        <v>982</v>
+      </c>
+      <c r="C338" t="s">
+        <v>11</v>
+      </c>
+      <c r="D338" t="s">
+        <v>39</v>
+      </c>
+      <c r="E338" t="s">
+        <v>404</v>
+      </c>
+      <c r="G338">
+        <v>31</v>
+      </c>
+      <c r="H338" t="s">
+        <v>14</v>
+      </c>
+      <c r="I338" t="s">
+        <v>405</v>
+      </c>
+      <c r="J338" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339">
+        <v>339</v>
+      </c>
+      <c r="B339" t="s">
+        <v>982</v>
+      </c>
+      <c r="C339" t="s">
+        <v>11</v>
+      </c>
+      <c r="D339" t="s">
+        <v>39</v>
+      </c>
+      <c r="E339" t="s">
+        <v>410</v>
+      </c>
+      <c r="G339">
+        <v>56</v>
+      </c>
+      <c r="H339" t="s">
+        <v>14</v>
+      </c>
+      <c r="I339" t="s">
+        <v>411</v>
+      </c>
+      <c r="J339" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340">
+        <v>340</v>
+      </c>
+      <c r="B340" t="s">
+        <v>982</v>
+      </c>
+      <c r="C340" t="s">
+        <v>11</v>
+      </c>
+      <c r="D340" t="s">
+        <v>39</v>
+      </c>
+      <c r="E340" t="s">
+        <v>82</v>
+      </c>
+      <c r="G340">
+        <v>9</v>
+      </c>
+      <c r="H340" t="s">
+        <v>14</v>
+      </c>
+      <c r="I340" t="s">
+        <v>990</v>
+      </c>
+      <c r="J340" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341">
+        <v>341</v>
+      </c>
+      <c r="B341" t="s">
+        <v>992</v>
+      </c>
+      <c r="C341" t="s">
+        <v>11</v>
+      </c>
+      <c r="D341" t="s">
+        <v>30</v>
+      </c>
+      <c r="E341" t="s">
+        <v>993</v>
+      </c>
+      <c r="G341">
+        <v>6</v>
+      </c>
+      <c r="H341" t="s">
+        <v>91</v>
+      </c>
+      <c r="I341" t="s">
+        <v>994</v>
+      </c>
+      <c r="J341" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342">
+        <v>342</v>
+      </c>
+      <c r="B342" t="s">
+        <v>992</v>
+      </c>
+      <c r="C342" t="s">
+        <v>11</v>
+      </c>
+      <c r="D342" t="s">
+        <v>130</v>
+      </c>
+      <c r="E342" t="s">
+        <v>996</v>
+      </c>
+      <c r="G342">
+        <v>28</v>
+      </c>
+      <c r="H342" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343">
+        <v>343</v>
+      </c>
+      <c r="B343" t="s">
+        <v>997</v>
+      </c>
+      <c r="C343" t="s">
+        <v>212</v>
+      </c>
+      <c r="D343" t="s">
+        <v>213</v>
+      </c>
+      <c r="E343" t="s">
+        <v>998</v>
+      </c>
+      <c r="G343">
+        <v>4</v>
+      </c>
+      <c r="H343" t="s">
+        <v>14</v>
+      </c>
+      <c r="I343" t="s">
+        <v>999</v>
+      </c>
+      <c r="J343" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344">
+        <v>344</v>
+      </c>
+      <c r="B344" t="s">
+        <v>997</v>
+      </c>
+      <c r="C344" t="s">
+        <v>11</v>
+      </c>
+      <c r="D344" t="s">
+        <v>327</v>
+      </c>
+      <c r="E344" t="s">
+        <v>472</v>
+      </c>
+      <c r="G344">
+        <v>74</v>
+      </c>
+      <c r="H344" t="s">
+        <v>14</v>
+      </c>
+      <c r="I344" t="s">
+        <v>473</v>
+      </c>
+      <c r="J344" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345">
+        <v>345</v>
+      </c>
+      <c r="B345" t="s">
+        <v>997</v>
+      </c>
+      <c r="C345" t="s">
+        <v>11</v>
+      </c>
+      <c r="D345" t="s">
+        <v>60</v>
+      </c>
+      <c r="E345" t="s">
+        <v>520</v>
+      </c>
+      <c r="G345">
+        <v>59</v>
+      </c>
+      <c r="H345" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346">
+        <v>346</v>
+      </c>
+      <c r="B346" t="s">
+        <v>997</v>
+      </c>
+      <c r="C346" t="s">
+        <v>11</v>
+      </c>
+      <c r="D346" t="s">
+        <v>35</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G346">
+        <v>67</v>
+      </c>
+      <c r="H346" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347">
+        <v>347</v>
+      </c>
+      <c r="B347" t="s">
+        <v>997</v>
+      </c>
+      <c r="C347" t="s">
+        <v>11</v>
+      </c>
+      <c r="D347" t="s">
+        <v>39</v>
+      </c>
+      <c r="E347" t="s">
+        <v>653</v>
+      </c>
+      <c r="G347">
+        <v>65</v>
+      </c>
+      <c r="H347" t="s">
+        <v>14</v>
+      </c>
+      <c r="I347" t="s">
+        <v>654</v>
+      </c>
+      <c r="J347" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348">
+        <v>348</v>
+      </c>
+      <c r="B348" t="s">
+        <v>997</v>
+      </c>
+      <c r="C348" t="s">
+        <v>11</v>
+      </c>
+      <c r="D348" t="s">
+        <v>39</v>
+      </c>
+      <c r="E348" t="s">
+        <v>428</v>
+      </c>
+      <c r="G348">
+        <v>20</v>
+      </c>
+      <c r="H348" t="s">
+        <v>14</v>
+      </c>
+      <c r="I348" t="s">
+        <v>429</v>
+      </c>
+      <c r="J348" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349">
+        <v>349</v>
+      </c>
+      <c r="B349" t="s">
+        <v>997</v>
+      </c>
+      <c r="C349" t="s">
+        <v>11</v>
+      </c>
+      <c r="D349" t="s">
+        <v>279</v>
+      </c>
+      <c r="E349" t="s">
+        <v>557</v>
+      </c>
+      <c r="G349">
+        <v>16</v>
+      </c>
+      <c r="H349" t="s">
+        <v>14</v>
+      </c>
+      <c r="I349" t="s">
         <v>558</v>
       </c>
-      <c r="G245">
+      <c r="J349" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350">
+        <v>350</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G350">
+        <v>1</v>
+      </c>
+      <c r="H350" t="s">
+        <v>87</v>
+      </c>
+      <c r="I350" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J350" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351">
+        <v>351</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C351" t="s">
+        <v>11</v>
+      </c>
+      <c r="D351" t="s">
+        <v>226</v>
+      </c>
+      <c r="E351" t="s">
+        <v>568</v>
+      </c>
+      <c r="G351">
+        <v>9</v>
+      </c>
+      <c r="H351" t="s">
+        <v>87</v>
+      </c>
+      <c r="I351" t="s">
+        <v>569</v>
+      </c>
+      <c r="J351" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352">
+        <v>352</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C352" t="s">
+        <v>11</v>
+      </c>
+      <c r="D352" t="s">
+        <v>22</v>
+      </c>
+      <c r="E352" t="s">
+        <v>571</v>
+      </c>
+      <c r="G352">
+        <v>53</v>
+      </c>
+      <c r="H352" t="s">
+        <v>87</v>
+      </c>
+      <c r="I352" t="s">
+        <v>572</v>
+      </c>
+      <c r="J352" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353">
+        <v>353</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C353" t="s">
+        <v>11</v>
+      </c>
+      <c r="D353" t="s">
+        <v>22</v>
+      </c>
+      <c r="E353" t="s">
+        <v>457</v>
+      </c>
+      <c r="G353">
+        <v>9</v>
+      </c>
+      <c r="H353" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354">
+        <v>354</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C354" t="s">
+        <v>11</v>
+      </c>
+      <c r="D354" t="s">
+        <v>22</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G354">
+        <v>29</v>
+      </c>
+      <c r="H354" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355">
+        <v>355</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C355" t="s">
+        <v>11</v>
+      </c>
+      <c r="D355" t="s">
+        <v>39</v>
+      </c>
+      <c r="E355" t="s">
+        <v>146</v>
+      </c>
+      <c r="G355">
+        <v>23</v>
+      </c>
+      <c r="H355" t="s">
+        <v>87</v>
+      </c>
+      <c r="I355" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J355" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356">
+        <v>356</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C356" t="s">
+        <v>11</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G356">
+        <v>10</v>
+      </c>
+      <c r="H356" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357">
+        <v>357</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C357" t="s">
+        <v>11</v>
+      </c>
+      <c r="D357" t="s">
+        <v>39</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G357">
+        <v>31</v>
+      </c>
+      <c r="H357" t="s">
+        <v>14</v>
+      </c>
+      <c r="I357" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J357" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358">
+        <v>358</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C358" t="s">
+        <v>11</v>
+      </c>
+      <c r="D358" t="s">
+        <v>22</v>
+      </c>
+      <c r="E358" t="s">
+        <v>839</v>
+      </c>
+      <c r="G358">
+        <v>47</v>
+      </c>
+      <c r="H358" t="s">
+        <v>14</v>
+      </c>
+      <c r="I358" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J358" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359">
+        <v>359</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C359" t="s">
+        <v>11</v>
+      </c>
+      <c r="D359" t="s">
+        <v>240</v>
+      </c>
+      <c r="E359" t="s">
+        <v>626</v>
+      </c>
+      <c r="G359">
+        <v>12</v>
+      </c>
+      <c r="H359" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360">
+        <v>360</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C360" t="s">
+        <v>11</v>
+      </c>
+      <c r="D360" t="s">
+        <v>12</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G360">
+        <v>5</v>
+      </c>
+      <c r="H360" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361">
+        <v>361</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C361" t="s">
+        <v>11</v>
+      </c>
+      <c r="D361" t="s">
+        <v>35</v>
+      </c>
+      <c r="E361" t="s">
+        <v>647</v>
+      </c>
+      <c r="G361">
+        <v>36</v>
+      </c>
+      <c r="H361" t="s">
+        <v>14</v>
+      </c>
+      <c r="I361" t="s">
+        <v>648</v>
+      </c>
+      <c r="J361" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362">
+        <v>362</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C362" t="s">
+        <v>11</v>
+      </c>
+      <c r="D362" t="s">
+        <v>56</v>
+      </c>
+      <c r="E362" t="s">
+        <v>464</v>
+      </c>
+      <c r="G362">
+        <v>29</v>
+      </c>
+      <c r="H362" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363">
+        <v>363</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C363" t="s">
+        <v>11</v>
+      </c>
+      <c r="D363" t="s">
+        <v>18</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G363">
+        <v>27</v>
+      </c>
+      <c r="H363" t="s">
+        <v>14</v>
+      </c>
+      <c r="I363" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J363" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364">
+        <v>364</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C364" t="s">
+        <v>11</v>
+      </c>
+      <c r="D364" t="s">
+        <v>60</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G364">
+        <v>12</v>
+      </c>
+      <c r="H364" t="s">
+        <v>91</v>
+      </c>
+      <c r="I364" t="s">
+        <v>65</v>
+      </c>
+      <c r="J364" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365">
+        <v>365</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C365" t="s">
+        <v>11</v>
+      </c>
+      <c r="D365" t="s">
+        <v>203</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G365">
+        <v>51</v>
+      </c>
+      <c r="H365" t="s">
+        <v>14</v>
+      </c>
+      <c r="I365" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J365" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366">
+        <v>366</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C366" t="s">
+        <v>11</v>
+      </c>
+      <c r="D366" t="s">
+        <v>39</v>
+      </c>
+      <c r="E366" t="s">
+        <v>726</v>
+      </c>
+      <c r="G366">
+        <v>69</v>
+      </c>
+      <c r="H366" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367">
+        <v>367</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C367" t="s">
+        <v>11</v>
+      </c>
+      <c r="D367" t="s">
+        <v>30</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G367">
+        <v>45</v>
+      </c>
+      <c r="H367" t="s">
+        <v>87</v>
+      </c>
+      <c r="J367" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368">
+        <v>368</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C368" t="s">
+        <v>11</v>
+      </c>
+      <c r="D368" t="s">
+        <v>39</v>
+      </c>
+      <c r="E368" t="s">
+        <v>74</v>
+      </c>
+      <c r="G368">
+        <v>76</v>
+      </c>
+      <c r="H368" t="s">
+        <v>14</v>
+      </c>
+      <c r="I368" t="s">
+        <v>962</v>
+      </c>
+      <c r="J368" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369">
+        <v>369</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C369" t="s">
+        <v>11</v>
+      </c>
+      <c r="D369" t="s">
+        <v>39</v>
+      </c>
+      <c r="E369" t="s">
+        <v>75</v>
+      </c>
+      <c r="G369">
+        <v>13</v>
+      </c>
+      <c r="H369" t="s">
+        <v>14</v>
+      </c>
+      <c r="I369" t="s">
+        <v>76</v>
+      </c>
+      <c r="J369" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370">
+        <v>370</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C370" t="s">
+        <v>11</v>
+      </c>
+      <c r="D370" t="s">
+        <v>22</v>
+      </c>
+      <c r="E370" t="s">
+        <v>101</v>
+      </c>
+      <c r="F370" t="s">
+        <v>32</v>
+      </c>
+      <c r="G370">
+        <v>36</v>
+      </c>
+      <c r="H370" t="s">
+        <v>14</v>
+      </c>
+      <c r="I370" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J370" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371">
+        <v>371</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C371" t="s">
+        <v>11</v>
+      </c>
+      <c r="D371" t="s">
+        <v>39</v>
+      </c>
+      <c r="E371" t="s">
+        <v>404</v>
+      </c>
+      <c r="G371">
+        <v>32</v>
+      </c>
+      <c r="H371" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372">
+        <v>372</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C372" t="s">
+        <v>11</v>
+      </c>
+      <c r="D372" t="s">
+        <v>39</v>
+      </c>
+      <c r="E372" t="s">
+        <v>82</v>
+      </c>
+      <c r="G372">
+        <v>10</v>
+      </c>
+      <c r="H372" t="s">
+        <v>14</v>
+      </c>
+      <c r="I372" t="s">
+        <v>990</v>
+      </c>
+      <c r="J372" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373">
+        <v>373</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C373" t="s">
+        <v>11</v>
+      </c>
+      <c r="D373" t="s">
+        <v>226</v>
+      </c>
+      <c r="E373" t="s">
+        <v>568</v>
+      </c>
+      <c r="G373">
+        <v>10</v>
+      </c>
+      <c r="H373" t="s">
+        <v>87</v>
+      </c>
+      <c r="I373" t="s">
+        <v>569</v>
+      </c>
+      <c r="J373" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374">
+        <v>374</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C374" t="s">
+        <v>11</v>
+      </c>
+      <c r="D374" t="s">
+        <v>39</v>
+      </c>
+      <c r="E374" t="s">
+        <v>260</v>
+      </c>
+      <c r="G374">
+        <v>44</v>
+      </c>
+      <c r="H374" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375">
+        <v>375</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C375" t="s">
+        <v>11</v>
+      </c>
+      <c r="D375" t="s">
+        <v>279</v>
+      </c>
+      <c r="E375" t="s">
+        <v>557</v>
+      </c>
+      <c r="G375">
+        <v>17</v>
+      </c>
+      <c r="H375" t="s">
+        <v>14</v>
+      </c>
+      <c r="I375" t="s">
+        <v>558</v>
+      </c>
+      <c r="J375" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376">
+        <v>376</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C376" t="s">
+        <v>11</v>
+      </c>
+      <c r="D376" t="s">
+        <v>113</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G376">
+        <v>2</v>
+      </c>
+      <c r="H376" t="s">
+        <v>87</v>
+      </c>
+      <c r="I376" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J376" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377">
+        <v>377</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C377" t="s">
+        <v>11</v>
+      </c>
+      <c r="D377" t="s">
+        <v>334</v>
+      </c>
+      <c r="E377" t="s">
+        <v>567</v>
+      </c>
+      <c r="G377">
+        <v>32</v>
+      </c>
+      <c r="H377" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378">
+        <v>378</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C378" t="s">
+        <v>11</v>
+      </c>
+      <c r="D378" t="s">
+        <v>39</v>
+      </c>
+      <c r="E378" t="s">
+        <v>653</v>
+      </c>
+      <c r="G378">
+        <v>66</v>
+      </c>
+      <c r="H378" t="s">
+        <v>14</v>
+      </c>
+      <c r="I378" t="s">
+        <v>654</v>
+      </c>
+      <c r="J378" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379">
+        <v>379</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C379" t="s">
+        <v>11</v>
+      </c>
+      <c r="D379" t="s">
+        <v>39</v>
+      </c>
+      <c r="E379" t="s">
+        <v>726</v>
+      </c>
+      <c r="G379">
+        <v>70</v>
+      </c>
+      <c r="H379" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380">
+        <v>380</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C380" t="s">
+        <v>11</v>
+      </c>
+      <c r="D380" t="s">
+        <v>39</v>
+      </c>
+      <c r="E380" t="s">
+        <v>404</v>
+      </c>
+      <c r="G380">
+        <v>33</v>
+      </c>
+      <c r="H380" t="s">
+        <v>14</v>
+      </c>
+      <c r="I380" t="s">
+        <v>405</v>
+      </c>
+      <c r="J380" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381">
+        <v>381</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C381" t="s">
+        <v>11</v>
+      </c>
+      <c r="D381" t="s">
+        <v>39</v>
+      </c>
+      <c r="E381" t="s">
+        <v>260</v>
+      </c>
+      <c r="G381">
+        <v>45</v>
+      </c>
+      <c r="H381" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382">
+        <v>382</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C382" t="s">
+        <v>11</v>
+      </c>
+      <c r="D382" t="s">
+        <v>39</v>
+      </c>
+      <c r="E382" t="s">
+        <v>653</v>
+      </c>
+      <c r="G382">
+        <v>67</v>
+      </c>
+      <c r="H382" t="s">
+        <v>14</v>
+      </c>
+      <c r="I382" t="s">
+        <v>654</v>
+      </c>
+      <c r="J382" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383">
+        <v>383</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C383" t="s">
+        <v>11</v>
+      </c>
+      <c r="D383" t="s">
+        <v>279</v>
+      </c>
+      <c r="E383" t="s">
+        <v>557</v>
+      </c>
+      <c r="G383">
+        <v>18</v>
+      </c>
+      <c r="H383" t="s">
+        <v>14</v>
+      </c>
+      <c r="I383" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J383" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384">
+        <v>384</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C384" t="s">
+        <v>11</v>
+      </c>
+      <c r="D384" t="s">
+        <v>39</v>
+      </c>
+      <c r="E384" t="s">
+        <v>726</v>
+      </c>
+      <c r="G384">
         <v>71</v>
       </c>
-      <c r="H245" t="s">
+      <c r="H384" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">